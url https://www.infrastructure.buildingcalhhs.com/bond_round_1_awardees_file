--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,123 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29404"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ahpnet.sharepoint.com/sites/BCDEProjectTeam/Shared Documents/3. Data Management - Gabrielle/Website Excel Files/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ahpnet.sharepoint.com/sites/extranet/Projects/7469_00/BCDE/Shared Documents/3. Data Management/Updated Excel files for BHCIP website/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{73AFBA9E-74A2-42A0-8823-69D8336051D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{DEB6E0D9-10DA-466E-8D0A-005FCD25AFE2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{909B6E93-09E5-46E0-BF77-A0AA577EA380}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{D0EA4176-8906-4C7D-842E-686A8193ADA4}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D0EA4176-8906-4C7D-842E-686A8193ADA4}"/>
   </bookViews>
   <sheets>
     <sheet name="Bond R 1 Conditional Awardees" sheetId="3" r:id="rId1"/>
     <sheet name="database pull" sheetId="5" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$A$2:$Q$121</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$A$2:$Q$120</definedName>
     <definedName name="county">#REF!</definedName>
     <definedName name="Z_0EDB7BCF_13ED_43BF_A0C7_6D10AF34AC29_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_11A09FA1_7C1B_48A6_824A_795E39E419EC_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_248BC726_5A49_4288_AAF0_98D9C1121B56_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_2680DEF6_A481_4F9B_A543_C96CE1BF8512_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_4F8203AA_CB81_4786_9171_E7A73693F452_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_5C6B2BD2_52FA_43EA_A8D9_AEED9F7F6C67_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_709F21F0_35D9_44ED_BDAC_BF3DAD9C7B92_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_811B3637_3000_4211_AB0E_1E52323F174D_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_90FAAD30_9226_48D5_A727_9993836BD6FC_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_A84BBC6A_6682_45D2_B89F_5A0BF0A6C456_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_AB53EF7A_D82A_402F_AA4E_811B9CC11FBE_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_C557274A_4AB7_465A_B01B_16E8EB16881F_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_CD078174_19E1_4099_B921_C9C68E786B8E_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_D98484CB_08F4_4626_B3A1_523C1F49D584_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
     <definedName name="Z_DB4A444A_5FC1_42AC_BB30_4DED0CEA50F7_.wvu.FilterData" localSheetId="0" hidden="1">'Bond R 1 Conditional Awardees'!$B$2:$G$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{4555DE06-F2EF-4421-83D0-AFB79E6250A0}" keepAlive="1" name="Query - Table1" description="Connection to the 'Table1' query in the workbook." type="5" refreshedVersion="0" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Table1;Extended Properties=&quot;&quot;" command="SELECT * FROM [Table1]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2027" uniqueCount="542">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2019" uniqueCount="541">
   <si>
     <t>Identification Number</t>
   </si>
   <si>
     <t>Entity Name</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Entity Type</t>
   </si>
   <si>
     <t>Project City</t>
   </si>
   <si>
     <t>Project County</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Award Amount</t>
   </si>
   <si>
@@ -1056,53 +1053,50 @@
   <si>
     <t>Janus of Santa Cruz</t>
   </si>
   <si>
     <t>Janus Regional Recovery Health Hub</t>
   </si>
   <si>
     <t>Hospital-Based Outpatient Treatment (outpatient detoxification/withdrawal management)</t>
   </si>
   <si>
     <t>Narcotic Treatment Program (NTP)</t>
   </si>
   <si>
     <t>BR1-25-1204</t>
   </si>
   <si>
     <t>K'ima:w Medical Center</t>
   </si>
   <si>
     <t>K'ima:w Behavioral Health Wellness Support Project</t>
   </si>
   <si>
     <t>Hoopa</t>
   </si>
   <si>
-    <t>BR1-25-3102</t>
-[...1 lines deleted...]
-  <si>
     <t>Koinonia Foster Homes, Inc.</t>
   </si>
   <si>
     <t>Miriam Golden Legacy Home</t>
   </si>
   <si>
     <t>Loomis</t>
   </si>
   <si>
     <t>BR1-25-2703</t>
   </si>
   <si>
     <t>La'i Communities, LLC</t>
   </si>
   <si>
     <t>Seaside Adolescent Substance Use Disorder (SUD) Treatment</t>
   </si>
   <si>
     <t>Seaside</t>
   </si>
   <si>
     <t>BR1-25-1701</t>
   </si>
   <si>
     <t>Lake County Behavioral Health Services</t>
@@ -1696,60 +1690,63 @@
     <t>144 N 5th Crisis Residential/CRTS/SRP</t>
   </si>
   <si>
     <t>17090 Peak Crisis Residential/CRTS/SRP</t>
   </si>
   <si>
     <t>North Kern South Tulare Hospital District</t>
   </si>
   <si>
     <t>NKSTHD Capacity Expansion</t>
   </si>
   <si>
     <t>Delano</t>
   </si>
   <si>
     <t>Pasadena Hospital Association, Ltd.</t>
   </si>
   <si>
     <t>Expansion of Huntington Health Behavioral Health Services</t>
   </si>
   <si>
     <t>TURNING POINT HEALTH AND RECOVERY HOUSE</t>
   </si>
   <si>
     <t>1905 Highland</t>
+  </si>
+  <si>
+    <t>Data point in time November 10, 2025. Data reports are subject to change.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1986,55 +1983,69 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="11">
+  <dxfs count="13">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -2060,51 +2071,51 @@
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor rgb="FF92D050"/>
+          <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2455,8722 +2466,8682 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16067857-1352-4D47-BF81-4E9ACBA75E4A}">
-  <dimension ref="A1:S141"/>
+  <dimension ref="A1:S139"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="2" ySplit="2" topLeftCell="C105" activePane="bottomRight" state="frozen"/>
-      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
+      <pane xSplit="2" ySplit="2" topLeftCell="C100" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="topRight" activeCell="C1" sqref="C1"/>
+      <selection pane="bottomRight" activeCell="B3" sqref="B3:B120"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="26.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="75.5703125" style="3" customWidth="1"/>
     <col min="3" max="3" width="75.5703125" style="4" customWidth="1"/>
     <col min="4" max="6" width="22.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="22.5703125" style="3" customWidth="1"/>
     <col min="8" max="8" width="22.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="84.7109375" style="6" customWidth="1"/>
     <col min="10" max="16" width="45.5703125" style="1" customWidth="1"/>
     <col min="17" max="17" width="45.5703125" style="10" customWidth="1"/>
     <col min="18" max="18" width="21.7109375" style="13" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="168.42578125" style="8" hidden="1" customWidth="1"/>
     <col min="20" max="16384" width="168.42578125" style="1" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="107.1" customHeight="1">
+    <row r="1" spans="1:19" ht="107.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
-        <v>0</v>
+        <v>540</v>
       </c>
       <c r="B1" s="33"/>
       <c r="C1" s="33"/>
       <c r="D1" s="33"/>
       <c r="E1" s="33"/>
       <c r="F1" s="33"/>
       <c r="G1" s="33"/>
       <c r="H1" s="33"/>
       <c r="I1" s="33"/>
       <c r="J1" s="33"/>
       <c r="K1" s="33"/>
       <c r="L1" s="33"/>
       <c r="M1" s="33"/>
       <c r="N1" s="33"/>
       <c r="O1" s="33"/>
       <c r="P1" s="33"/>
       <c r="Q1" s="33"/>
       <c r="R1" s="33"/>
     </row>
-    <row r="2" spans="1:19" s="17" customFormat="1" ht="15.95" customHeight="1">
+    <row r="2" spans="1:19" s="17" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="27" t="s">
+      <c r="C2" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="27" t="s">
+      <c r="D2" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="27" t="s">
+      <c r="E2" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="27" t="s">
+      <c r="F2" s="27" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="27" t="s">
+      <c r="G2" s="27" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="27" t="s">
+      <c r="H2" s="28" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="28" t="s">
+      <c r="I2" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="27" t="s">
+      <c r="J2" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="27" t="s">
+      <c r="K2" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="27" t="s">
+      <c r="L2" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="27" t="s">
+      <c r="M2" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="27" t="s">
+      <c r="N2" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="27" t="s">
+      <c r="O2" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="27" t="s">
+      <c r="P2" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="27" t="s">
+      <c r="Q2" s="29" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="R2" s="14"/>
       <c r="S2" s="16"/>
     </row>
-    <row r="3" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="3" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="32" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" s="32" t="s">
         <v>18</v>
       </c>
-      <c r="B3" s="32" t="s">
+      <c r="C3" s="32" t="s">
         <v>19</v>
       </c>
-      <c r="C3" s="32" t="s">
+      <c r="D3" s="32" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="32" t="s">
+      <c r="E3" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="E3" s="32" t="s">
+      <c r="F3" s="32" t="s">
         <v>22</v>
       </c>
-      <c r="F3" s="32" t="s">
+      <c r="G3" s="32" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="H3" s="30">
         <v>13826271.130000001</v>
       </c>
       <c r="I3" s="32" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J3" s="32"/>
       <c r="K3" s="32"/>
       <c r="L3" s="32"/>
       <c r="M3" s="32"/>
       <c r="N3" s="32"/>
       <c r="O3" s="32"/>
       <c r="P3" s="32"/>
       <c r="Q3" s="32"/>
       <c r="R3" s="14"/>
       <c r="S3" s="11"/>
     </row>
-    <row r="4" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="4" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="32" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" s="32" t="s">
         <v>26</v>
       </c>
-      <c r="B4" s="32" t="s">
+      <c r="C4" s="32" t="s">
         <v>27</v>
       </c>
-      <c r="C4" s="32" t="s">
+      <c r="D4" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" s="32" t="s">
         <v>28</v>
       </c>
-      <c r="D4" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G4" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H4" s="30">
         <v>84665662.75</v>
       </c>
       <c r="I4" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="J4" s="32" t="s">
         <v>31</v>
       </c>
-      <c r="J4" s="32" t="s">
+      <c r="K4" s="32" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="L4" s="32"/>
       <c r="M4" s="32"/>
       <c r="N4" s="32"/>
       <c r="O4" s="32"/>
       <c r="P4" s="32"/>
       <c r="Q4" s="32"/>
       <c r="R4" s="14"/>
       <c r="S4" s="11"/>
     </row>
-    <row r="5" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="5" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="B5" s="32" t="s">
+      <c r="C5" s="32" t="s">
         <v>35</v>
       </c>
-      <c r="C5" s="32" t="s">
+      <c r="D5" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" s="32" t="s">
         <v>36</v>
       </c>
-      <c r="D5" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G5" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H5" s="30">
         <v>2020977</v>
       </c>
       <c r="I5" s="32" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J5" s="32"/>
       <c r="K5" s="32"/>
       <c r="L5" s="32"/>
       <c r="M5" s="32"/>
       <c r="N5" s="32"/>
       <c r="O5" s="32"/>
       <c r="P5" s="32"/>
       <c r="Q5" s="32"/>
       <c r="R5" s="14"/>
       <c r="S5" s="11"/>
     </row>
-    <row r="6" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="6" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" s="32" t="s">
         <v>39</v>
       </c>
-      <c r="B6" s="32" t="s">
+      <c r="C6" s="32" t="s">
         <v>40</v>
       </c>
-      <c r="C6" s="32" t="s">
+      <c r="D6" s="32" t="s">
         <v>41</v>
       </c>
-      <c r="D6" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F6" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G6" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H6" s="30">
         <v>25963921</v>
       </c>
       <c r="I6" s="32" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="J6" s="32"/>
       <c r="K6" s="32"/>
       <c r="L6" s="32"/>
       <c r="M6" s="32"/>
       <c r="N6" s="32"/>
       <c r="O6" s="32"/>
       <c r="P6" s="32"/>
       <c r="Q6" s="32"/>
       <c r="R6" s="14"/>
       <c r="S6" s="11"/>
     </row>
-    <row r="7" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="7" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="32" t="s">
+        <v>42</v>
+      </c>
+      <c r="B7" s="32" t="s">
         <v>43</v>
       </c>
-      <c r="B7" s="32" t="s">
+      <c r="C7" s="32" t="s">
         <v>44</v>
       </c>
-      <c r="C7" s="32" t="s">
+      <c r="D7" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" s="32" t="s">
         <v>45</v>
       </c>
-      <c r="D7" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="32" t="s">
+      <c r="F7" s="32" t="s">
         <v>46</v>
       </c>
-      <c r="F7" s="32" t="s">
+      <c r="G7" s="32" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="H7" s="30">
         <v>24692887.719999999</v>
       </c>
       <c r="I7" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J7" s="32"/>
       <c r="K7" s="32"/>
       <c r="L7" s="32"/>
       <c r="M7" s="32"/>
       <c r="N7" s="32"/>
       <c r="O7" s="32"/>
       <c r="P7" s="32"/>
       <c r="Q7" s="32"/>
       <c r="R7" s="14"/>
       <c r="S7" s="11"/>
     </row>
-    <row r="8" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="8" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="32" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" s="32" t="s">
         <v>50</v>
       </c>
-      <c r="B8" s="32" t="s">
+      <c r="C8" s="32" t="s">
         <v>51</v>
       </c>
-      <c r="C8" s="32" t="s">
+      <c r="D8" s="32" t="s">
         <v>52</v>
       </c>
-      <c r="D8" s="32" t="s">
+      <c r="E8" s="32" t="s">
         <v>53</v>
       </c>
-      <c r="E8" s="32" t="s">
+      <c r="F8" s="32" t="s">
         <v>54</v>
       </c>
-      <c r="F8" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8" s="32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H8" s="30">
         <v>14883715.050000001</v>
       </c>
       <c r="I8" s="32" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J8" s="32"/>
       <c r="K8" s="32"/>
       <c r="L8" s="32"/>
       <c r="M8" s="32"/>
       <c r="N8" s="32"/>
       <c r="O8" s="32"/>
       <c r="P8" s="32"/>
       <c r="Q8" s="32"/>
       <c r="R8" s="14"/>
       <c r="S8" s="11"/>
     </row>
-    <row r="9" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="9" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="32" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="32" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="B9" s="32" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="32" t="s">
+      <c r="D9" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D9" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="32" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G9" s="32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H9" s="30">
         <v>62411191.590000004</v>
       </c>
       <c r="I9" s="32" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J9" s="32"/>
       <c r="K9" s="32"/>
       <c r="L9" s="32"/>
       <c r="M9" s="32"/>
       <c r="N9" s="32"/>
       <c r="O9" s="32"/>
       <c r="P9" s="32"/>
       <c r="Q9" s="32"/>
       <c r="R9" s="14"/>
       <c r="S9" s="11"/>
     </row>
-    <row r="10" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="10" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="32" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="32" t="s">
         <v>60</v>
       </c>
-      <c r="B10" s="32" t="s">
+      <c r="C10" s="32" t="s">
         <v>61</v>
       </c>
-      <c r="C10" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E10" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F10" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G10" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H10" s="30">
         <v>18998098</v>
       </c>
       <c r="I10" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J10" s="32"/>
       <c r="K10" s="32"/>
       <c r="L10" s="32"/>
       <c r="M10" s="32"/>
       <c r="N10" s="32"/>
       <c r="O10" s="32"/>
       <c r="P10" s="32"/>
       <c r="Q10" s="32"/>
       <c r="R10" s="14"/>
       <c r="S10" s="11"/>
     </row>
-    <row r="11" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="11" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" s="32" t="s">
         <v>63</v>
       </c>
-      <c r="B11" s="32" t="s">
+      <c r="C11" s="32" t="s">
         <v>64</v>
       </c>
-      <c r="C11" s="32" t="s">
+      <c r="D11" s="32" t="s">
         <v>65</v>
       </c>
-      <c r="D11" s="32" t="s">
+      <c r="E11" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="E11" s="32" t="s">
+      <c r="F11" s="32" t="s">
         <v>67</v>
       </c>
-      <c r="F11" s="32" t="s">
+      <c r="G11" s="32" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="H11" s="30">
         <v>12994751.609999999</v>
       </c>
       <c r="I11" s="32" t="s">
+        <v>69</v>
+      </c>
+      <c r="J11" s="32" t="s">
         <v>70</v>
       </c>
-      <c r="J11" s="32" t="s">
+      <c r="K11" s="32" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="L11" s="32"/>
       <c r="M11" s="32"/>
       <c r="N11" s="32"/>
       <c r="O11" s="32"/>
       <c r="P11" s="32"/>
       <c r="Q11" s="32"/>
       <c r="R11" s="14"/>
       <c r="S11" s="11"/>
     </row>
-    <row r="12" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="12" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="32" t="s">
+        <v>72</v>
+      </c>
+      <c r="B12" s="32" t="s">
         <v>73</v>
       </c>
-      <c r="B12" s="32" t="s">
+      <c r="C12" s="32" t="s">
         <v>74</v>
       </c>
-      <c r="C12" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E12" s="32" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F12" s="32" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G12" s="32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H12" s="30">
         <v>32073703.359999999</v>
       </c>
       <c r="I12" s="32" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="J12" s="32"/>
       <c r="K12" s="32"/>
       <c r="L12" s="32"/>
       <c r="M12" s="32"/>
       <c r="N12" s="32"/>
       <c r="O12" s="32"/>
       <c r="P12" s="32"/>
       <c r="Q12" s="32"/>
       <c r="R12" s="14"/>
       <c r="S12" s="11"/>
     </row>
-    <row r="13" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="13" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="32" t="s">
+        <v>75</v>
+      </c>
+      <c r="B13" s="32" t="s">
         <v>76</v>
       </c>
-      <c r="B13" s="32" t="s">
+      <c r="C13" s="32" t="s">
         <v>77</v>
       </c>
-      <c r="C13" s="32" t="s">
+      <c r="D13" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" s="32" t="s">
         <v>78</v>
       </c>
-      <c r="D13" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="32" t="s">
+      <c r="F13" s="32" t="s">
         <v>79</v>
       </c>
-      <c r="F13" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H13" s="30">
         <v>923391.67</v>
       </c>
       <c r="I13" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J13" s="32"/>
       <c r="K13" s="32"/>
       <c r="L13" s="32"/>
       <c r="M13" s="32"/>
       <c r="N13" s="32"/>
       <c r="O13" s="32"/>
       <c r="P13" s="32"/>
       <c r="Q13" s="32"/>
       <c r="R13" s="14"/>
       <c r="S13" s="11"/>
     </row>
-    <row r="14" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="14" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="32" t="s">
+        <v>80</v>
+      </c>
+      <c r="B14" s="32" t="s">
         <v>81</v>
       </c>
-      <c r="B14" s="32" t="s">
+      <c r="C14" s="32" t="s">
         <v>82</v>
       </c>
-      <c r="C14" s="32" t="s">
+      <c r="D14" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14" s="32" t="s">
         <v>83</v>
       </c>
-      <c r="D14" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G14" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H14" s="30">
         <v>54698179.82</v>
       </c>
       <c r="I14" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J14" s="32" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="K14" s="32" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L14" s="32"/>
       <c r="M14" s="32"/>
       <c r="N14" s="32"/>
       <c r="O14" s="32"/>
       <c r="P14" s="32"/>
       <c r="Q14" s="32"/>
       <c r="R14" s="14"/>
       <c r="S14" s="11"/>
     </row>
-    <row r="15" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="15" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="32" t="s">
+        <v>85</v>
+      </c>
+      <c r="B15" s="32" t="s">
         <v>86</v>
       </c>
-      <c r="B15" s="32" t="s">
+      <c r="C15" s="32" t="s">
         <v>87</v>
       </c>
-      <c r="C15" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E15" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F15" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G15" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H15" s="30">
         <v>30676185</v>
       </c>
       <c r="I15" s="32" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J15" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K15" s="32"/>
       <c r="L15" s="32"/>
       <c r="M15" s="32"/>
       <c r="N15" s="32"/>
       <c r="O15" s="32"/>
       <c r="P15" s="32"/>
       <c r="Q15" s="32"/>
       <c r="R15" s="14"/>
       <c r="S15" s="11"/>
     </row>
-    <row r="16" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="16" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="32" t="s">
+        <v>89</v>
+      </c>
+      <c r="B16" s="32" t="s">
         <v>90</v>
       </c>
-      <c r="B16" s="32" t="s">
+      <c r="C16" s="32" t="s">
         <v>91</v>
       </c>
-      <c r="C16" s="32" t="s">
+      <c r="D16" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" s="32" t="s">
         <v>92</v>
       </c>
-      <c r="D16" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="32" t="s">
+      <c r="F16" s="32" t="s">
         <v>93</v>
       </c>
-      <c r="F16" s="32" t="s">
+      <c r="G16" s="32" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="H16" s="30">
         <v>19981840.600000001</v>
       </c>
       <c r="I16" s="32" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J16" s="32"/>
       <c r="K16" s="32"/>
       <c r="L16" s="32"/>
       <c r="M16" s="32"/>
       <c r="N16" s="32"/>
       <c r="O16" s="32"/>
       <c r="P16" s="32"/>
       <c r="Q16" s="32"/>
       <c r="R16" s="14"/>
       <c r="S16" s="11"/>
     </row>
-    <row r="17" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="17" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="32" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" s="32" t="s">
         <v>97</v>
       </c>
-      <c r="B17" s="32" t="s">
+      <c r="C17" s="32" t="s">
         <v>98</v>
       </c>
-      <c r="C17" s="32" t="s">
+      <c r="D17" s="32" t="s">
         <v>99</v>
       </c>
-      <c r="D17" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="32" t="s">
+        <v>66</v>
+      </c>
+      <c r="F17" s="32" t="s">
         <v>67</v>
       </c>
-      <c r="F17" s="32" t="s">
+      <c r="G17" s="32" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="H17" s="30">
         <v>22867345</v>
       </c>
       <c r="I17" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J17" s="32" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="K17" s="32"/>
       <c r="L17" s="32"/>
       <c r="M17" s="32"/>
       <c r="N17" s="32"/>
       <c r="O17" s="32"/>
       <c r="P17" s="32"/>
       <c r="Q17" s="32"/>
       <c r="R17" s="14"/>
       <c r="S17" s="11"/>
     </row>
-    <row r="18" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="18" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="32" t="s">
+        <v>100</v>
+      </c>
+      <c r="B18" s="32" t="s">
         <v>101</v>
       </c>
-      <c r="B18" s="32" t="s">
+      <c r="C18" s="32" t="s">
         <v>102</v>
       </c>
-      <c r="C18" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="32" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E18" s="32" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F18" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G18" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H18" s="30">
         <v>83740546.109999999</v>
       </c>
       <c r="I18" s="32" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J18" s="32"/>
       <c r="K18" s="32"/>
       <c r="L18" s="32"/>
       <c r="M18" s="32"/>
       <c r="N18" s="32"/>
       <c r="O18" s="32"/>
       <c r="P18" s="32"/>
       <c r="Q18" s="32"/>
       <c r="R18" s="14"/>
       <c r="S18" s="11"/>
     </row>
-    <row r="19" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="19" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="32" t="s">
+        <v>104</v>
+      </c>
+      <c r="B19" s="32" t="s">
         <v>105</v>
       </c>
-      <c r="B19" s="32" t="s">
+      <c r="C19" s="32" t="s">
         <v>106</v>
       </c>
-      <c r="C19" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="32" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E19" s="32" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F19" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G19" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H19" s="30">
         <v>9743738</v>
       </c>
       <c r="I19" s="32" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
       <c r="Q19" s="32"/>
       <c r="R19" s="14"/>
       <c r="S19" s="11"/>
     </row>
-    <row r="20" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="20" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="32" t="s">
+        <v>107</v>
+      </c>
+      <c r="B20" s="32" t="s">
         <v>108</v>
       </c>
-      <c r="B20" s="32" t="s">
+      <c r="C20" s="32" t="s">
         <v>109</v>
       </c>
-      <c r="C20" s="32" t="s">
+      <c r="D20" s="32" t="s">
+        <v>99</v>
+      </c>
+      <c r="E20" s="32" t="s">
         <v>110</v>
       </c>
-      <c r="D20" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="32" t="s">
+      <c r="F20" s="32" t="s">
+        <v>110</v>
+      </c>
+      <c r="G20" s="32" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="H20" s="30">
         <v>30000000</v>
       </c>
       <c r="I20" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J20" s="32"/>
       <c r="K20" s="32"/>
       <c r="L20" s="32"/>
       <c r="M20" s="32"/>
       <c r="N20" s="32"/>
       <c r="O20" s="32"/>
       <c r="P20" s="32"/>
       <c r="Q20" s="32"/>
       <c r="R20" s="14"/>
       <c r="S20" s="11"/>
     </row>
-    <row r="21" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="21" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="32" t="s">
+        <v>112</v>
+      </c>
+      <c r="B21" s="32" t="s">
         <v>113</v>
       </c>
-      <c r="B21" s="32" t="s">
+      <c r="C21" s="32" t="s">
         <v>114</v>
       </c>
-      <c r="C21" s="32" t="s">
+      <c r="D21" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E21" s="32" t="s">
         <v>115</v>
       </c>
-      <c r="D21" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G21" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H21" s="30">
         <v>50663999.799999997</v>
       </c>
       <c r="I21" s="32" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J21" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K21" s="32"/>
       <c r="L21" s="32"/>
       <c r="M21" s="32"/>
       <c r="N21" s="32"/>
       <c r="O21" s="32"/>
       <c r="P21" s="32"/>
       <c r="Q21" s="32"/>
       <c r="R21" s="14"/>
       <c r="S21" s="11"/>
     </row>
-    <row r="22" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="22" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="B22" s="32" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" s="32" t="s">
         <v>117</v>
       </c>
-      <c r="B22" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E22" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F22" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G22" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H22" s="30">
         <v>460000.6</v>
       </c>
       <c r="I22" s="32" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J22" s="32"/>
       <c r="K22" s="32"/>
       <c r="L22" s="32"/>
       <c r="M22" s="32"/>
       <c r="N22" s="32"/>
       <c r="O22" s="32"/>
       <c r="P22" s="32"/>
       <c r="Q22" s="32"/>
       <c r="R22" s="14"/>
       <c r="S22" s="11"/>
     </row>
-    <row r="23" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="23" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="32" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" s="32" t="s">
         <v>119</v>
       </c>
-      <c r="B23" s="32" t="s">
+      <c r="C23" s="32" t="s">
         <v>120</v>
       </c>
-      <c r="C23" s="32" t="s">
+      <c r="D23" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="E23" s="32" t="s">
         <v>121</v>
       </c>
-      <c r="D23" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="32" t="s">
+      <c r="F23" s="32" t="s">
+        <v>121</v>
+      </c>
+      <c r="G23" s="32" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="H23" s="30">
         <v>20869444.260000002</v>
       </c>
       <c r="I23" s="32" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J23" s="32"/>
       <c r="K23" s="32"/>
       <c r="L23" s="32"/>
       <c r="M23" s="32"/>
       <c r="N23" s="32"/>
       <c r="O23" s="32"/>
       <c r="P23" s="32"/>
       <c r="Q23" s="32"/>
       <c r="R23" s="14"/>
       <c r="S23" s="11"/>
     </row>
-    <row r="24" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="24" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="32" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" s="32" t="s">
         <v>125</v>
       </c>
-      <c r="B24" s="32" t="s">
+      <c r="C24" s="32" t="s">
         <v>126</v>
       </c>
-      <c r="C24" s="32" t="s">
+      <c r="D24" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E24" s="32" t="s">
         <v>127</v>
       </c>
-      <c r="D24" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G24" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H24" s="30">
         <v>3495606</v>
       </c>
       <c r="I24" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J24" s="32"/>
       <c r="K24" s="32"/>
       <c r="L24" s="32"/>
       <c r="M24" s="32"/>
       <c r="N24" s="32"/>
       <c r="O24" s="32"/>
       <c r="P24" s="32"/>
       <c r="Q24" s="32"/>
       <c r="R24" s="14"/>
       <c r="S24" s="11"/>
     </row>
-    <row r="25" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="25" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="32" t="s">
+        <v>128</v>
+      </c>
+      <c r="B25" s="32" t="s">
         <v>129</v>
       </c>
-      <c r="B25" s="32" t="s">
+      <c r="C25" s="32" t="s">
         <v>130</v>
       </c>
-      <c r="C25" s="32" t="s">
+      <c r="D25" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="E25" s="32" t="s">
         <v>131</v>
       </c>
-      <c r="D25" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="32" t="s">
+      <c r="F25" s="32" t="s">
         <v>132</v>
       </c>
-      <c r="F25" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="32" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H25" s="30">
         <v>9147230.0999999996</v>
       </c>
       <c r="I25" s="32" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J25" s="32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="K25" s="32" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="L25" s="32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
       <c r="Q25" s="32"/>
       <c r="R25" s="14"/>
       <c r="S25" s="11"/>
     </row>
-    <row r="26" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="26" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="32" t="s">
+        <v>134</v>
+      </c>
+      <c r="B26" s="32" t="s">
         <v>135</v>
       </c>
-      <c r="B26" s="32" t="s">
+      <c r="C26" s="32" t="s">
         <v>136</v>
       </c>
-      <c r="C26" s="32" t="s">
+      <c r="D26" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E26" s="32" t="s">
         <v>137</v>
       </c>
-      <c r="D26" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" s="32" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G26" s="32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H26" s="30">
         <v>16584691.92</v>
       </c>
       <c r="I26" s="32" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="J26" s="32"/>
       <c r="K26" s="32"/>
       <c r="L26" s="32"/>
       <c r="M26" s="32"/>
       <c r="N26" s="32"/>
       <c r="O26" s="32"/>
       <c r="P26" s="32"/>
       <c r="Q26" s="32"/>
       <c r="R26" s="14"/>
       <c r="S26" s="11"/>
     </row>
-    <row r="27" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="27" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="32" t="s">
+        <v>138</v>
+      </c>
+      <c r="B27" s="32" t="s">
+        <v>135</v>
+      </c>
+      <c r="C27" s="32" t="s">
         <v>139</v>
       </c>
-      <c r="B27" s="32" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="32" t="s">
+      <c r="D27" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E27" s="32" t="s">
         <v>140</v>
       </c>
-      <c r="D27" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="32" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G27" s="32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H27" s="30">
         <v>37993775.840000004</v>
       </c>
       <c r="I27" s="32" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J27" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K27" s="32" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="L27" s="32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="M27" s="32"/>
       <c r="N27" s="32"/>
       <c r="O27" s="32"/>
       <c r="P27" s="32"/>
       <c r="Q27" s="32"/>
       <c r="R27" s="14"/>
       <c r="S27" s="11"/>
     </row>
-    <row r="28" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="28" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="32" t="s">
+        <v>142</v>
+      </c>
+      <c r="B28" s="32" t="s">
+        <v>135</v>
+      </c>
+      <c r="C28" s="32" t="s">
         <v>143</v>
       </c>
-      <c r="B28" s="32" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="32" t="s">
+      <c r="D28" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" s="32" t="s">
         <v>144</v>
       </c>
-      <c r="D28" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" s="32" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G28" s="32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H28" s="30">
         <v>43730635.340000004</v>
       </c>
       <c r="I28" s="32" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="J28" s="32" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="K28" s="32"/>
       <c r="L28" s="32"/>
       <c r="M28" s="32"/>
       <c r="N28" s="32"/>
       <c r="O28" s="32"/>
       <c r="P28" s="32"/>
       <c r="Q28" s="32"/>
       <c r="R28" s="14"/>
       <c r="S28" s="11"/>
     </row>
-    <row r="29" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="29" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="32" t="s">
+        <v>145</v>
+      </c>
+      <c r="B29" s="32" t="s">
         <v>146</v>
       </c>
-      <c r="B29" s="32" t="s">
+      <c r="C29" s="32" t="s">
         <v>147</v>
       </c>
-      <c r="C29" s="32" t="s">
+      <c r="D29" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E29" s="32" t="s">
         <v>148</v>
       </c>
-      <c r="D29" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="32" t="s">
+      <c r="F29" s="32" t="s">
         <v>149</v>
       </c>
-      <c r="F29" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" s="32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H29" s="30">
         <v>4375831.2</v>
       </c>
       <c r="I29" s="32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J29" s="32"/>
       <c r="K29" s="32"/>
       <c r="L29" s="32"/>
       <c r="M29" s="32"/>
       <c r="N29" s="32"/>
       <c r="O29" s="32"/>
       <c r="P29" s="32"/>
       <c r="Q29" s="32"/>
       <c r="R29" s="14"/>
       <c r="S29" s="11"/>
     </row>
-    <row r="30" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="30" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="32" t="s">
+        <v>150</v>
+      </c>
+      <c r="B30" s="32" t="s">
         <v>151</v>
       </c>
-      <c r="B30" s="32" t="s">
+      <c r="C30" s="32" t="s">
         <v>152</v>
       </c>
-      <c r="C30" s="32" t="s">
+      <c r="D30" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E30" s="32" t="s">
         <v>153</v>
       </c>
-      <c r="D30" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="32" t="s">
+      <c r="F30" s="32" t="s">
         <v>154</v>
       </c>
-      <c r="F30" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30" s="32" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H30" s="30">
         <v>7776456.6900000004</v>
       </c>
       <c r="I30" s="32" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="J30" s="32"/>
       <c r="K30" s="32"/>
       <c r="L30" s="32"/>
       <c r="M30" s="32"/>
       <c r="N30" s="32"/>
       <c r="O30" s="32"/>
       <c r="P30" s="32"/>
       <c r="Q30" s="32"/>
       <c r="R30" s="14"/>
       <c r="S30" s="11"/>
     </row>
-    <row r="31" spans="1:19" s="5" customFormat="1" ht="15.95" customHeight="1">
+    <row r="31" spans="1:19" s="5" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="32" t="s">
+        <v>155</v>
+      </c>
+      <c r="B31" s="32" t="s">
         <v>156</v>
       </c>
-      <c r="B31" s="32" t="s">
+      <c r="C31" s="32" t="s">
         <v>157</v>
       </c>
-      <c r="C31" s="32" t="s">
+      <c r="D31" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E31" s="32" t="s">
         <v>158</v>
       </c>
-      <c r="D31" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="32" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G31" s="32" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H31" s="30">
         <v>46999999.039999999</v>
       </c>
       <c r="I31" s="32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J31" s="32"/>
       <c r="K31" s="32"/>
       <c r="L31" s="32"/>
       <c r="M31" s="32"/>
       <c r="N31" s="32"/>
       <c r="O31" s="32"/>
       <c r="P31" s="32"/>
       <c r="Q31" s="32"/>
       <c r="R31" s="15"/>
       <c r="S31" s="12"/>
     </row>
-    <row r="32" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="32" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="32" t="s">
+        <v>159</v>
+      </c>
+      <c r="B32" s="32" t="s">
+        <v>156</v>
+      </c>
+      <c r="C32" s="32" t="s">
         <v>160</v>
       </c>
-      <c r="B32" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32" s="32" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E32" s="32" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F32" s="32" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G32" s="32" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H32" s="30">
         <v>9999999.7799999993</v>
       </c>
       <c r="I32" s="32" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="J32" s="32"/>
       <c r="K32" s="32"/>
       <c r="L32" s="32"/>
       <c r="M32" s="32"/>
       <c r="N32" s="32"/>
       <c r="O32" s="32"/>
       <c r="P32" s="32"/>
       <c r="Q32" s="32"/>
       <c r="R32" s="14"/>
       <c r="S32" s="11"/>
     </row>
-    <row r="33" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="33" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="32" t="s">
+        <v>161</v>
+      </c>
+      <c r="B33" s="32" t="s">
+        <v>156</v>
+      </c>
+      <c r="C33" s="32" t="s">
         <v>162</v>
       </c>
-      <c r="B33" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33" s="32" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E33" s="32" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F33" s="32" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G33" s="32" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H33" s="30">
         <v>9999999.7799999993</v>
       </c>
       <c r="I33" s="32" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J33" s="32"/>
       <c r="K33" s="32"/>
       <c r="L33" s="32"/>
       <c r="M33" s="32"/>
       <c r="N33" s="32"/>
       <c r="O33" s="32"/>
       <c r="P33" s="32"/>
       <c r="Q33" s="32"/>
       <c r="R33" s="14"/>
       <c r="S33" s="11"/>
     </row>
-    <row r="34" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="34" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="32" t="s">
+        <v>163</v>
+      </c>
+      <c r="B34" s="32" t="s">
         <v>164</v>
       </c>
-      <c r="B34" s="32" t="s">
+      <c r="C34" s="32" t="s">
         <v>165</v>
       </c>
-      <c r="C34" s="32" t="s">
+      <c r="D34" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E34" s="32" t="s">
         <v>166</v>
       </c>
-      <c r="D34" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="32" t="s">
+      <c r="F34" s="32" t="s">
         <v>167</v>
       </c>
-      <c r="F34" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="32" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H34" s="30">
         <v>43550538.990000002</v>
       </c>
       <c r="I34" s="32" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="J34" s="32" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K34" s="32"/>
       <c r="L34" s="32"/>
       <c r="M34" s="32"/>
       <c r="N34" s="32"/>
       <c r="O34" s="32"/>
       <c r="P34" s="32"/>
       <c r="Q34" s="32"/>
       <c r="R34" s="14"/>
       <c r="S34" s="11"/>
     </row>
-    <row r="35" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="35" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="32" t="s">
+        <v>169</v>
+      </c>
+      <c r="B35" s="32" t="s">
         <v>170</v>
       </c>
-      <c r="B35" s="32" t="s">
+      <c r="C35" s="32" t="s">
         <v>171</v>
       </c>
-      <c r="C35" s="32" t="s">
+      <c r="D35" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E35" s="32" t="s">
         <v>172</v>
       </c>
-      <c r="D35" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="32" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="G35" s="32" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H35" s="30">
         <v>2920890.98</v>
       </c>
       <c r="I35" s="32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J35" s="32" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="K35" s="32"/>
       <c r="L35" s="32"/>
       <c r="M35" s="32"/>
       <c r="N35" s="32"/>
       <c r="O35" s="32"/>
       <c r="P35" s="32"/>
       <c r="Q35" s="32"/>
       <c r="R35" s="14"/>
       <c r="S35" s="11"/>
     </row>
-    <row r="36" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="36" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="32" t="s">
+        <v>173</v>
+      </c>
+      <c r="B36" s="32" t="s">
         <v>174</v>
       </c>
-      <c r="B36" s="32" t="s">
+      <c r="C36" s="32" t="s">
         <v>175</v>
       </c>
-      <c r="C36" s="32" t="s">
+      <c r="D36" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E36" s="32" t="s">
         <v>176</v>
       </c>
-      <c r="D36" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="32" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="G36" s="32" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H36" s="30">
         <v>2845999.96</v>
       </c>
       <c r="I36" s="32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="14"/>
       <c r="S36" s="11"/>
     </row>
-    <row r="37" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="37" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B37" s="32" t="s">
         <v>178</v>
       </c>
-      <c r="B37" s="32" t="s">
+      <c r="C37" s="32" t="s">
         <v>179</v>
       </c>
-      <c r="C37" s="32" t="s">
+      <c r="D37" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E37" s="32" t="s">
         <v>180</v>
       </c>
-      <c r="D37" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="32" t="s">
+      <c r="F37" s="32" t="s">
         <v>181</v>
       </c>
-      <c r="F37" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="32" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H37" s="30">
         <v>11000000</v>
       </c>
       <c r="I37" s="32" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
       <c r="Q37" s="32"/>
       <c r="R37" s="14"/>
       <c r="S37" s="11"/>
     </row>
-    <row r="38" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="38" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="32" t="s">
+        <v>182</v>
+      </c>
+      <c r="B38" s="32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C38" s="32" t="s">
         <v>183</v>
       </c>
-      <c r="B38" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D38" s="32" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E38" s="32" t="s">
+        <v>180</v>
+      </c>
+      <c r="F38" s="32" t="s">
         <v>181</v>
       </c>
-      <c r="F38" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G38" s="32" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H38" s="30">
         <v>31000000</v>
       </c>
       <c r="I38" s="32" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="J38" s="32"/>
       <c r="K38" s="32"/>
       <c r="L38" s="32"/>
       <c r="M38" s="32"/>
       <c r="N38" s="32"/>
       <c r="O38" s="32"/>
       <c r="P38" s="32"/>
       <c r="Q38" s="32"/>
       <c r="R38" s="14"/>
       <c r="S38" s="11"/>
     </row>
-    <row r="39" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="39" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="32" t="s">
+        <v>184</v>
+      </c>
+      <c r="B39" s="32" t="s">
         <v>185</v>
       </c>
-      <c r="B39" s="32" t="s">
+      <c r="C39" s="32" t="s">
         <v>186</v>
       </c>
-      <c r="C39" s="32" t="s">
+      <c r="D39" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E39" s="32" t="s">
         <v>187</v>
       </c>
-      <c r="D39" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="32" t="s">
+      <c r="F39" s="32" t="s">
         <v>188</v>
       </c>
-      <c r="F39" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H39" s="30">
         <v>14517333.609999999</v>
       </c>
       <c r="I39" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J39" s="32"/>
       <c r="K39" s="32"/>
       <c r="L39" s="32"/>
       <c r="M39" s="32"/>
       <c r="N39" s="32"/>
       <c r="O39" s="32"/>
       <c r="P39" s="32"/>
       <c r="Q39" s="32"/>
       <c r="R39" s="14"/>
       <c r="S39" s="11"/>
     </row>
-    <row r="40" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="40" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="32" t="s">
+        <v>189</v>
+      </c>
+      <c r="B40" s="32" t="s">
         <v>190</v>
       </c>
-      <c r="B40" s="32" t="s">
+      <c r="C40" s="32" t="s">
         <v>191</v>
       </c>
-      <c r="C40" s="32" t="s">
+      <c r="D40" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E40" s="32" t="s">
         <v>192</v>
       </c>
-      <c r="D40" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="32" t="s">
+      <c r="F40" s="32" t="s">
         <v>193</v>
       </c>
-      <c r="F40" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G40" s="32" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H40" s="31">
         <v>184584008.36000001</v>
       </c>
       <c r="I40" s="32" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J40" s="32"/>
       <c r="K40" s="32"/>
       <c r="L40" s="32"/>
       <c r="M40" s="32"/>
       <c r="N40" s="32"/>
       <c r="O40" s="32"/>
       <c r="P40" s="32"/>
       <c r="Q40" s="32"/>
       <c r="R40" s="14"/>
       <c r="S40" s="11"/>
     </row>
-    <row r="41" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="41" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="32" t="s">
+        <v>194</v>
+      </c>
+      <c r="B41" s="32" t="s">
+        <v>190</v>
+      </c>
+      <c r="C41" s="32" t="s">
         <v>195</v>
       </c>
-      <c r="B41" s="32" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="32" t="s">
+      <c r="D41" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E41" s="32" t="s">
         <v>196</v>
       </c>
-      <c r="D41" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="32" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="G41" s="32" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H41" s="31">
         <v>149764465.74000001</v>
       </c>
       <c r="I41" s="32" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J41" s="32" t="s">
+        <v>197</v>
+      </c>
+      <c r="K41" s="32" t="s">
         <v>198</v>
       </c>
-      <c r="K41" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L41" s="32" t="s">
+        <v>69</v>
+      </c>
+      <c r="M41" s="32" t="s">
+        <v>71</v>
+      </c>
+      <c r="N41" s="32" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="O41" s="32"/>
       <c r="P41" s="32"/>
       <c r="Q41" s="32"/>
       <c r="R41" s="14"/>
       <c r="S41" s="11"/>
     </row>
-    <row r="42" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="42" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="32" t="s">
+        <v>199</v>
+      </c>
+      <c r="B42" s="32" t="s">
         <v>200</v>
       </c>
-      <c r="B42" s="32" t="s">
+      <c r="C42" s="32" t="s">
         <v>201</v>
       </c>
-      <c r="C42" s="32" t="s">
+      <c r="D42" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E42" s="32" t="s">
         <v>202</v>
       </c>
-      <c r="D42" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="G42" s="32" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="H42" s="30">
         <v>45499999.990000002</v>
       </c>
       <c r="I42" s="32" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J42" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K42" s="32"/>
       <c r="L42" s="32"/>
       <c r="M42" s="32"/>
       <c r="N42" s="32"/>
       <c r="O42" s="32"/>
       <c r="P42" s="32"/>
       <c r="Q42" s="32"/>
       <c r="R42" s="14"/>
       <c r="S42" s="11"/>
     </row>
-    <row r="43" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="43" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="32" t="s">
+        <v>203</v>
+      </c>
+      <c r="B43" s="32" t="s">
         <v>204</v>
       </c>
-      <c r="B43" s="32" t="s">
+      <c r="C43" s="32" t="s">
         <v>205</v>
       </c>
-      <c r="C43" s="32" t="s">
+      <c r="D43" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E43" s="32" t="s">
         <v>206</v>
       </c>
-      <c r="D43" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="32" t="s">
+        <v>93</v>
+      </c>
+      <c r="G43" s="32" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="H43" s="30">
         <v>21892279.379999999</v>
       </c>
       <c r="I43" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
       <c r="Q43" s="32"/>
       <c r="R43" s="14"/>
       <c r="S43" s="11"/>
     </row>
-    <row r="44" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="44" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="32" t="s">
+        <v>207</v>
+      </c>
+      <c r="B44" s="32" t="s">
+        <v>204</v>
+      </c>
+      <c r="C44" s="32" t="s">
         <v>208</v>
       </c>
-      <c r="B44" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" s="32" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E44" s="32" t="s">
+        <v>93</v>
+      </c>
+      <c r="F44" s="32" t="s">
+        <v>93</v>
+      </c>
+      <c r="G44" s="32" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="H44" s="30">
         <v>7938630</v>
       </c>
       <c r="I44" s="32" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="J44" s="32"/>
       <c r="K44" s="32"/>
       <c r="L44" s="32"/>
       <c r="M44" s="32"/>
       <c r="N44" s="32"/>
       <c r="O44" s="32"/>
       <c r="P44" s="32"/>
       <c r="Q44" s="32"/>
       <c r="R44" s="14"/>
       <c r="S44" s="11"/>
     </row>
-    <row r="45" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="45" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="32" t="s">
+        <v>210</v>
+      </c>
+      <c r="B45" s="32" t="s">
         <v>211</v>
       </c>
-      <c r="B45" s="32" t="s">
+      <c r="C45" s="32" t="s">
         <v>212</v>
       </c>
-      <c r="C45" s="32" t="s">
+      <c r="D45" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E45" s="32" t="s">
         <v>213</v>
       </c>
-      <c r="D45" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="32" t="s">
+      <c r="F45" s="32" t="s">
         <v>214</v>
       </c>
-      <c r="F45" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G45" s="32" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H45" s="30">
         <v>21639180.649999999</v>
       </c>
       <c r="I45" s="32" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="J45" s="32" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="K45" s="32" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="L45" s="32"/>
       <c r="M45" s="32"/>
       <c r="N45" s="32"/>
       <c r="O45" s="32"/>
       <c r="P45" s="32"/>
       <c r="Q45" s="32"/>
       <c r="R45" s="14"/>
       <c r="S45" s="11"/>
     </row>
-    <row r="46" spans="1:19" s="5" customFormat="1" ht="15.95" customHeight="1">
+    <row r="46" spans="1:19" s="5" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="32" t="s">
+        <v>215</v>
+      </c>
+      <c r="B46" s="32" t="s">
         <v>216</v>
       </c>
-      <c r="B46" s="32" t="s">
+      <c r="C46" s="32" t="s">
         <v>217</v>
       </c>
-      <c r="C46" s="32" t="s">
+      <c r="D46" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E46" s="32" t="s">
         <v>218</v>
       </c>
-      <c r="D46" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="32" t="s">
+      <c r="F46" s="32" t="s">
         <v>219</v>
       </c>
-      <c r="F46" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" s="32" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H46" s="30">
         <v>10999901.880000001</v>
       </c>
       <c r="I46" s="32" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="J46" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K46" s="32"/>
       <c r="L46" s="32"/>
       <c r="M46" s="32"/>
       <c r="N46" s="32"/>
       <c r="O46" s="32"/>
       <c r="P46" s="32"/>
       <c r="Q46" s="32"/>
       <c r="R46" s="15"/>
       <c r="S46" s="12"/>
     </row>
-    <row r="47" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="47" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="32" t="s">
+        <v>220</v>
+      </c>
+      <c r="B47" s="32" t="s">
         <v>221</v>
       </c>
-      <c r="B47" s="32" t="s">
+      <c r="C47" s="32" t="s">
         <v>222</v>
       </c>
-      <c r="C47" s="32" t="s">
+      <c r="D47" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E47" s="32" t="s">
         <v>223</v>
       </c>
-      <c r="D47" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="32" t="s">
+      <c r="F47" s="32" t="s">
         <v>224</v>
       </c>
-      <c r="F47" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="32" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H47" s="31">
         <v>59000000</v>
       </c>
       <c r="I47" s="32" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="J47" s="32"/>
       <c r="K47" s="32"/>
       <c r="L47" s="32"/>
       <c r="M47" s="32"/>
       <c r="N47" s="32"/>
       <c r="O47" s="32"/>
       <c r="P47" s="32"/>
       <c r="Q47" s="32"/>
       <c r="R47" s="14"/>
       <c r="S47" s="11"/>
     </row>
-    <row r="48" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="48" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="32" t="s">
+        <v>225</v>
+      </c>
+      <c r="B48" s="32" t="s">
+        <v>221</v>
+      </c>
+      <c r="C48" s="32" t="s">
         <v>226</v>
       </c>
-      <c r="B48" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D48" s="32" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E48" s="32" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="F48" s="32" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="G48" s="32" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H48" s="30">
         <v>34760044.270000003</v>
       </c>
       <c r="I48" s="32" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="J48" s="32"/>
       <c r="K48" s="32"/>
       <c r="L48" s="32"/>
       <c r="M48" s="32"/>
       <c r="N48" s="32"/>
       <c r="O48" s="32"/>
       <c r="P48" s="32"/>
       <c r="Q48" s="32"/>
       <c r="R48" s="14"/>
       <c r="S48" s="11"/>
     </row>
-    <row r="49" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="49" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="32" t="s">
+        <v>227</v>
+      </c>
+      <c r="B49" s="32" t="s">
         <v>228</v>
       </c>
-      <c r="B49" s="32" t="s">
+      <c r="C49" s="32" t="s">
         <v>229</v>
       </c>
-      <c r="C49" s="32" t="s">
+      <c r="D49" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E49" s="32" t="s">
         <v>230</v>
       </c>
-      <c r="D49" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="32" t="s">
+      <c r="F49" s="32" t="s">
         <v>231</v>
       </c>
-      <c r="F49" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G49" s="32" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H49" s="30">
         <v>27672126.379999999</v>
       </c>
       <c r="I49" s="32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J49" s="32"/>
       <c r="K49" s="32"/>
       <c r="L49" s="32"/>
       <c r="M49" s="32"/>
       <c r="N49" s="32"/>
       <c r="O49" s="32"/>
       <c r="P49" s="32"/>
       <c r="Q49" s="32"/>
       <c r="R49" s="14"/>
       <c r="S49" s="11"/>
     </row>
-    <row r="50" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="50" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="32" t="s">
+        <v>232</v>
+      </c>
+      <c r="B50" s="32" t="s">
         <v>233</v>
       </c>
-      <c r="B50" s="32" t="s">
+      <c r="C50" s="32" t="s">
         <v>234</v>
       </c>
-      <c r="C50" s="32" t="s">
+      <c r="D50" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E50" s="32" t="s">
         <v>235</v>
       </c>
-      <c r="D50" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="32" t="s">
+      <c r="F50" s="32" t="s">
         <v>236</v>
       </c>
-      <c r="F50" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H50" s="30">
         <v>16097310.68</v>
       </c>
       <c r="I50" s="32" t="s">
+        <v>69</v>
+      </c>
+      <c r="J50" s="32" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="K50" s="32"/>
       <c r="L50" s="32"/>
       <c r="M50" s="32"/>
       <c r="N50" s="32"/>
       <c r="O50" s="32"/>
       <c r="P50" s="32"/>
       <c r="Q50" s="32"/>
       <c r="R50" s="14"/>
       <c r="S50" s="11"/>
     </row>
-    <row r="51" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="51" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="32" t="s">
+        <v>237</v>
+      </c>
+      <c r="B51" s="32" t="s">
         <v>238</v>
       </c>
-      <c r="B51" s="32" t="s">
+      <c r="C51" s="32" t="s">
         <v>239</v>
       </c>
-      <c r="C51" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="32" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E51" s="32" t="s">
+        <v>235</v>
+      </c>
+      <c r="F51" s="32" t="s">
         <v>236</v>
       </c>
-      <c r="F51" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H51" s="30">
         <v>24000000</v>
       </c>
       <c r="I51" s="32" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="J51" s="32" t="s">
+        <v>70</v>
+      </c>
+      <c r="K51" s="32" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="L51" s="32"/>
       <c r="M51" s="32"/>
       <c r="N51" s="32"/>
       <c r="O51" s="32"/>
       <c r="P51" s="32"/>
       <c r="Q51" s="32"/>
       <c r="R51" s="14"/>
       <c r="S51" s="11"/>
     </row>
-    <row r="52" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="52" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="32" t="s">
+        <v>240</v>
+      </c>
+      <c r="B52" s="32" t="s">
         <v>241</v>
       </c>
-      <c r="B52" s="32" t="s">
+      <c r="C52" s="32" t="s">
         <v>242</v>
       </c>
-      <c r="C52" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E52" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F52" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G52" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H52" s="30">
         <v>1541962</v>
       </c>
       <c r="I52" s="32" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J52" s="32"/>
       <c r="K52" s="32"/>
       <c r="L52" s="32"/>
       <c r="M52" s="32"/>
       <c r="N52" s="32"/>
       <c r="O52" s="32"/>
       <c r="P52" s="32"/>
       <c r="Q52" s="32"/>
       <c r="R52" s="14"/>
       <c r="S52" s="11"/>
     </row>
-    <row r="53" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="53" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="32" t="s">
+        <v>243</v>
+      </c>
+      <c r="B53" s="32" t="s">
         <v>244</v>
       </c>
-      <c r="B53" s="32" t="s">
+      <c r="C53" s="32" t="s">
         <v>245</v>
       </c>
-      <c r="C53" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E53" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F53" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G53" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H53" s="30">
         <v>1570827.85</v>
       </c>
       <c r="I53" s="32" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J53" s="32"/>
       <c r="K53" s="32"/>
       <c r="L53" s="32"/>
       <c r="M53" s="32"/>
       <c r="N53" s="32"/>
       <c r="O53" s="32"/>
       <c r="P53" s="32"/>
       <c r="Q53" s="32"/>
       <c r="R53" s="14"/>
       <c r="S53" s="11"/>
     </row>
-    <row r="54" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="54" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="32" t="s">
+        <v>246</v>
+      </c>
+      <c r="B54" s="32" t="s">
         <v>247</v>
       </c>
-      <c r="B54" s="32" t="s">
+      <c r="C54" s="32" t="s">
         <v>248</v>
       </c>
-      <c r="C54" s="32" t="s">
+      <c r="D54" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E54" s="32" t="s">
         <v>249</v>
       </c>
-      <c r="D54" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F54" s="32" t="s">
+        <v>110</v>
+      </c>
+      <c r="G54" s="32" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="H54" s="30">
         <v>3964979.5</v>
       </c>
       <c r="I54" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J54" s="32"/>
       <c r="K54" s="32"/>
       <c r="L54" s="32"/>
       <c r="M54" s="32"/>
       <c r="N54" s="32"/>
       <c r="O54" s="32"/>
       <c r="P54" s="32"/>
       <c r="Q54" s="32"/>
       <c r="R54" s="14"/>
       <c r="S54" s="11"/>
     </row>
-    <row r="55" spans="1:19" s="5" customFormat="1" ht="15.95" customHeight="1">
+    <row r="55" spans="1:19" s="5" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="32" t="s">
+        <v>250</v>
+      </c>
+      <c r="B55" s="32" t="s">
         <v>251</v>
       </c>
-      <c r="B55" s="32" t="s">
+      <c r="C55" s="32" t="s">
         <v>252</v>
       </c>
-      <c r="C55" s="32" t="s">
+      <c r="D55" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E55" s="32" t="s">
         <v>253</v>
       </c>
-      <c r="D55" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="32" t="s">
+      <c r="F55" s="32" t="s">
         <v>254</v>
       </c>
-      <c r="F55" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G55" s="32" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H55" s="30">
         <v>31122871.359999999</v>
       </c>
       <c r="I55" s="32" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J55" s="32"/>
       <c r="K55" s="32"/>
       <c r="L55" s="32"/>
       <c r="M55" s="32"/>
       <c r="N55" s="32"/>
       <c r="O55" s="32"/>
       <c r="P55" s="32"/>
       <c r="Q55" s="32"/>
       <c r="R55" s="15"/>
       <c r="S55" s="12"/>
     </row>
-    <row r="56" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="56" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="32" t="s">
+        <v>255</v>
+      </c>
+      <c r="B56" s="32" t="s">
         <v>256</v>
       </c>
-      <c r="B56" s="32" t="s">
+      <c r="C56" s="32" t="s">
         <v>257</v>
       </c>
-      <c r="C56" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E56" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F56" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G56" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H56" s="30">
         <v>27326041.309999999</v>
       </c>
       <c r="I56" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J56" s="32"/>
       <c r="K56" s="32"/>
       <c r="L56" s="32"/>
       <c r="M56" s="32"/>
       <c r="N56" s="32"/>
       <c r="O56" s="32"/>
       <c r="P56" s="32"/>
       <c r="Q56" s="32"/>
       <c r="R56" s="14"/>
       <c r="S56" s="11"/>
     </row>
-    <row r="57" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="57" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="32" t="s">
+        <v>258</v>
+      </c>
+      <c r="B57" s="32" t="s">
+        <v>256</v>
+      </c>
+      <c r="C57" s="32" t="s">
         <v>259</v>
       </c>
-      <c r="B57" s="32" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="32" t="s">
+      <c r="D57" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E57" s="32" t="s">
         <v>260</v>
       </c>
-      <c r="D57" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F57" s="32" t="s">
+        <v>93</v>
+      </c>
+      <c r="G57" s="32" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="H57" s="30">
         <v>31464108.309999999</v>
       </c>
       <c r="I57" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J57" s="32"/>
       <c r="K57" s="32"/>
       <c r="L57" s="32"/>
       <c r="M57" s="32"/>
       <c r="N57" s="32"/>
       <c r="O57" s="32"/>
       <c r="P57" s="32"/>
       <c r="Q57" s="32"/>
       <c r="R57" s="14"/>
       <c r="S57" s="11"/>
     </row>
-    <row r="58" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="58" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="32" t="s">
+        <v>261</v>
+      </c>
+      <c r="B58" s="32" t="s">
         <v>262</v>
       </c>
-      <c r="B58" s="32" t="s">
+      <c r="C58" s="32" t="s">
         <v>263</v>
       </c>
-      <c r="C58" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E58" s="32" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F58" s="32" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G58" s="32" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H58" s="30">
         <v>29765901.170000002</v>
       </c>
       <c r="I58" s="32" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J58" s="32"/>
       <c r="K58" s="32"/>
       <c r="L58" s="32"/>
       <c r="M58" s="32"/>
       <c r="N58" s="32"/>
       <c r="O58" s="32"/>
       <c r="P58" s="32"/>
       <c r="Q58" s="32"/>
       <c r="R58" s="14"/>
       <c r="S58" s="11"/>
     </row>
-    <row r="59" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="59" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="32" t="s">
+        <v>264</v>
+      </c>
+      <c r="B59" s="32" t="s">
         <v>265</v>
       </c>
-      <c r="B59" s="32" t="s">
+      <c r="C59" s="32" t="s">
         <v>266</v>
       </c>
-      <c r="C59" s="32" t="s">
+      <c r="D59" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E59" s="32" t="s">
         <v>267</v>
       </c>
-      <c r="D59" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="32" t="s">
+      <c r="F59" s="32" t="s">
         <v>268</v>
       </c>
-      <c r="F59" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G59" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H59" s="30">
         <v>11347104.779999999</v>
       </c>
       <c r="I59" s="32" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J59" s="32" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="K59" s="32"/>
       <c r="L59" s="32"/>
       <c r="M59" s="32"/>
       <c r="N59" s="32"/>
       <c r="O59" s="32"/>
       <c r="P59" s="32"/>
       <c r="Q59" s="32"/>
       <c r="R59" s="14"/>
       <c r="S59" s="11"/>
     </row>
-    <row r="60" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="60" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="32" t="s">
+        <v>269</v>
+      </c>
+      <c r="B60" s="32" t="s">
         <v>270</v>
       </c>
-      <c r="B60" s="32" t="s">
+      <c r="C60" s="32" t="s">
         <v>271</v>
       </c>
-      <c r="C60" s="32" t="s">
+      <c r="D60" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="E60" s="32" t="s">
         <v>272</v>
       </c>
-      <c r="D60" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F60" s="32" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="G60" s="32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H60" s="30">
         <v>31437000</v>
       </c>
       <c r="I60" s="32" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J60" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K60" s="32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L60" s="32"/>
       <c r="M60" s="32"/>
       <c r="N60" s="32"/>
       <c r="O60" s="32"/>
       <c r="P60" s="32"/>
       <c r="Q60" s="32"/>
       <c r="R60" s="14"/>
       <c r="S60" s="11"/>
     </row>
-    <row r="61" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="61" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="32" t="s">
+        <v>273</v>
+      </c>
+      <c r="B61" s="32" t="s">
         <v>274</v>
       </c>
-      <c r="B61" s="32" t="s">
+      <c r="C61" s="32" t="s">
         <v>275</v>
       </c>
-      <c r="C61" s="32" t="s">
+      <c r="D61" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E61" s="32" t="s">
         <v>276</v>
       </c>
-      <c r="D61" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F61" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G61" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H61" s="30">
         <v>35000000</v>
       </c>
       <c r="I61" s="32" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="J61" s="32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="K61" s="32"/>
       <c r="L61" s="32"/>
       <c r="M61" s="32"/>
       <c r="N61" s="32"/>
       <c r="O61" s="32"/>
       <c r="P61" s="32"/>
       <c r="Q61" s="32"/>
       <c r="R61" s="14"/>
       <c r="S61" s="11"/>
     </row>
-    <row r="62" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="62" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="32" t="s">
+        <v>277</v>
+      </c>
+      <c r="B62" s="32" t="s">
         <v>278</v>
       </c>
-      <c r="B62" s="32" t="s">
+      <c r="C62" s="32" t="s">
         <v>279</v>
       </c>
-      <c r="C62" s="32" t="s">
+      <c r="D62" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" s="32" t="s">
         <v>280</v>
       </c>
-      <c r="D62" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="32" t="s">
+      <c r="F62" s="32" t="s">
         <v>281</v>
       </c>
-      <c r="F62" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G62" s="32" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H62" s="30">
         <v>13340186.060000001</v>
       </c>
       <c r="I62" s="32" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J62" s="32" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="K62" s="32" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L62" s="32"/>
       <c r="M62" s="32"/>
       <c r="N62" s="32"/>
       <c r="O62" s="32"/>
       <c r="P62" s="32"/>
       <c r="Q62" s="32"/>
       <c r="R62" s="14"/>
       <c r="S62" s="11"/>
     </row>
-    <row r="63" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="63" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="32" t="s">
+        <v>282</v>
+      </c>
+      <c r="B63" s="32" t="s">
         <v>283</v>
       </c>
-      <c r="B63" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="32" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D63" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E63" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F63" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G63" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H63" s="30">
         <v>9358694.7799999993</v>
       </c>
       <c r="I63" s="32" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J63" s="32"/>
       <c r="K63" s="32"/>
       <c r="L63" s="32"/>
       <c r="M63" s="32"/>
       <c r="N63" s="32"/>
       <c r="O63" s="32"/>
       <c r="P63" s="32"/>
       <c r="Q63" s="32"/>
       <c r="R63" s="14"/>
       <c r="S63" s="11"/>
     </row>
-    <row r="64" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="64" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="32" t="s">
+        <v>284</v>
+      </c>
+      <c r="B64" s="32" t="s">
         <v>285</v>
       </c>
-      <c r="B64" s="32" t="s">
+      <c r="C64" s="32" t="s">
         <v>286</v>
       </c>
-      <c r="C64" s="32" t="s">
+      <c r="D64" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E64" s="32" t="s">
         <v>287</v>
       </c>
-      <c r="D64" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F64" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" s="32" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="H64" s="30">
         <v>21494714</v>
       </c>
       <c r="I64" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J64" s="32"/>
       <c r="K64" s="32"/>
       <c r="L64" s="32"/>
       <c r="M64" s="32"/>
       <c r="N64" s="32"/>
       <c r="O64" s="32"/>
       <c r="P64" s="32"/>
       <c r="Q64" s="32"/>
       <c r="R64" s="14"/>
       <c r="S64" s="11"/>
     </row>
-    <row r="65" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="65" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="32" t="s">
+        <v>288</v>
+      </c>
+      <c r="B65" s="32" t="s">
+        <v>285</v>
+      </c>
+      <c r="C65" s="32" t="s">
         <v>289</v>
       </c>
-      <c r="B65" s="32" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="32" t="s">
+      <c r="D65" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E65" s="32" t="s">
         <v>290</v>
       </c>
-      <c r="D65" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F65" s="32" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="G65" s="32" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H65" s="30">
         <v>39447687.899999999</v>
       </c>
       <c r="I65" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J65" s="32"/>
       <c r="K65" s="32"/>
       <c r="L65" s="32"/>
       <c r="M65" s="32"/>
       <c r="N65" s="32"/>
       <c r="O65" s="32"/>
       <c r="P65" s="32"/>
       <c r="Q65" s="32"/>
       <c r="R65" s="14"/>
       <c r="S65" s="11"/>
     </row>
-    <row r="66" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="66" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="32" t="s">
+        <v>291</v>
+      </c>
+      <c r="B66" s="32" t="s">
         <v>292</v>
       </c>
-      <c r="B66" s="32" t="s">
+      <c r="C66" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="D66" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" s="32" t="s">
         <v>293</v>
       </c>
-      <c r="C66" s="32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F66" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66" s="32" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="H66" s="30">
         <v>6702662.1900000004</v>
       </c>
       <c r="I66" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J66" s="32"/>
       <c r="K66" s="32"/>
       <c r="L66" s="32"/>
       <c r="M66" s="32"/>
       <c r="N66" s="32"/>
       <c r="O66" s="32"/>
       <c r="P66" s="32"/>
       <c r="Q66" s="32"/>
       <c r="R66" s="14"/>
       <c r="S66" s="11"/>
     </row>
-    <row r="67" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="67" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="32" t="s">
+        <v>294</v>
+      </c>
+      <c r="B67" s="32" t="s">
         <v>295</v>
       </c>
-      <c r="B67" s="32" t="s">
+      <c r="C67" s="32" t="s">
         <v>296</v>
       </c>
-      <c r="C67" s="32" t="s">
+      <c r="D67" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E67" s="32" t="s">
         <v>297</v>
       </c>
-      <c r="D67" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F67" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G67" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H67" s="30">
         <v>12151031.43</v>
       </c>
       <c r="I67" s="32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J67" s="32" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="K67" s="32" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="L67" s="32" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="M67" s="32"/>
       <c r="N67" s="32"/>
       <c r="O67" s="32"/>
       <c r="P67" s="32"/>
       <c r="Q67" s="32"/>
       <c r="R67" s="14"/>
       <c r="S67" s="11"/>
     </row>
-    <row r="68" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="68" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="32" t="s">
+        <v>299</v>
+      </c>
+      <c r="B68" s="32" t="s">
         <v>300</v>
       </c>
-      <c r="B68" s="32" t="s">
+      <c r="C68" s="32" t="s">
         <v>301</v>
       </c>
-      <c r="C68" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D68" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E68" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F68" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G68" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H68" s="30">
         <v>24939845.600000001</v>
       </c>
       <c r="I68" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J68" s="32" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="K68" s="32" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L68" s="32"/>
       <c r="M68" s="32"/>
       <c r="N68" s="32"/>
       <c r="O68" s="32"/>
       <c r="P68" s="32"/>
       <c r="Q68" s="32"/>
       <c r="R68" s="14"/>
       <c r="S68" s="11"/>
     </row>
-    <row r="69" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="69" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="32" t="s">
+        <v>302</v>
+      </c>
+      <c r="B69" s="32" t="s">
         <v>303</v>
       </c>
-      <c r="B69" s="32" t="s">
+      <c r="C69" s="32" t="s">
         <v>304</v>
       </c>
-      <c r="C69" s="32" t="s">
+      <c r="D69" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E69" s="32" t="s">
         <v>305</v>
       </c>
-      <c r="D69" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" s="32" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G69" s="32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H69" s="30">
         <v>21176801.52</v>
       </c>
       <c r="I69" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J69" s="32" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="K69" s="32"/>
       <c r="L69" s="32"/>
       <c r="M69" s="32"/>
       <c r="N69" s="32"/>
       <c r="O69" s="32"/>
       <c r="P69" s="32"/>
       <c r="Q69" s="32"/>
       <c r="R69" s="14"/>
       <c r="S69" s="11"/>
     </row>
-    <row r="70" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="70" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="32" t="s">
+        <v>306</v>
+      </c>
+      <c r="B70" s="32" t="s">
         <v>307</v>
       </c>
-      <c r="B70" s="32" t="s">
+      <c r="C70" s="32" t="s">
         <v>308</v>
       </c>
-      <c r="C70" s="32" t="s">
+      <c r="D70" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E70" s="32" t="s">
         <v>309</v>
       </c>
-      <c r="D70" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="32" t="s">
+      <c r="F70" s="32" t="s">
         <v>310</v>
       </c>
-      <c r="F70" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G70" s="32" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H70" s="30">
         <v>22405797.579999998</v>
       </c>
       <c r="I70" s="32" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J70" s="32"/>
       <c r="K70" s="32"/>
       <c r="L70" s="32"/>
       <c r="M70" s="32"/>
       <c r="N70" s="32"/>
       <c r="O70" s="32"/>
       <c r="P70" s="32"/>
       <c r="Q70" s="32"/>
       <c r="R70" s="14"/>
       <c r="S70" s="11"/>
     </row>
-    <row r="71" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="71" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="32" t="s">
+        <v>311</v>
+      </c>
+      <c r="B71" s="32" t="s">
         <v>312</v>
       </c>
-      <c r="B71" s="32" t="s">
+      <c r="C71" s="32" t="s">
         <v>313</v>
       </c>
-      <c r="C71" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" s="32" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E71" s="32" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="F71" s="32" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="G71" s="32" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H71" s="30">
         <v>19518209</v>
       </c>
       <c r="I71" s="32" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J71" s="32"/>
       <c r="K71" s="32"/>
       <c r="L71" s="32"/>
       <c r="M71" s="32"/>
       <c r="N71" s="32"/>
       <c r="O71" s="32"/>
       <c r="P71" s="32"/>
       <c r="Q71" s="32"/>
       <c r="R71" s="14"/>
       <c r="S71" s="11"/>
     </row>
-    <row r="72" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="72" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="32" t="s">
+        <v>314</v>
+      </c>
+      <c r="B72" s="32" t="s">
         <v>315</v>
       </c>
-      <c r="B72" s="32" t="s">
+      <c r="C72" s="32" t="s">
         <v>316</v>
       </c>
-      <c r="C72" s="32" t="s">
+      <c r="D72" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="E72" s="32" t="s">
         <v>317</v>
       </c>
-      <c r="D72" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F72" s="32" t="s">
+        <v>93</v>
+      </c>
+      <c r="G72" s="32" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="H72" s="30">
         <v>19926724.960000001</v>
       </c>
       <c r="I72" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J72" s="32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="K72" s="32"/>
       <c r="L72" s="32"/>
       <c r="M72" s="32"/>
       <c r="N72" s="32"/>
       <c r="O72" s="32"/>
       <c r="P72" s="32"/>
       <c r="Q72" s="32"/>
       <c r="R72" s="14"/>
       <c r="S72" s="11"/>
     </row>
-    <row r="73" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="73" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="32" t="s">
+        <v>318</v>
+      </c>
+      <c r="B73" s="32" t="s">
         <v>319</v>
       </c>
-      <c r="B73" s="32" t="s">
+      <c r="C73" s="32" t="s">
         <v>320</v>
       </c>
-      <c r="C73" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E73" s="32" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="F73" s="32" t="s">
+        <v>110</v>
+      </c>
+      <c r="G73" s="32" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="H73" s="30">
         <v>44493216.700000003</v>
       </c>
       <c r="I73" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J73" s="32" t="s">
+        <v>321</v>
+      </c>
+      <c r="K73" s="32" t="s">
         <v>322</v>
       </c>
-      <c r="K73" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L73" s="32" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="M73" s="32" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="N73" s="32" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="O73" s="32" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="P73" s="32"/>
       <c r="Q73" s="32"/>
       <c r="R73" s="14"/>
       <c r="S73" s="11"/>
     </row>
-    <row r="74" spans="1:19" s="5" customFormat="1" ht="15.95" customHeight="1">
+    <row r="74" spans="1:19" s="5" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="32" t="s">
+        <v>323</v>
+      </c>
+      <c r="B74" s="32" t="s">
         <v>324</v>
       </c>
-      <c r="B74" s="32" t="s">
+      <c r="C74" s="32" t="s">
         <v>325</v>
       </c>
-      <c r="C74" s="32" t="s">
+      <c r="D74" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="E74" s="32" t="s">
         <v>326</v>
       </c>
-      <c r="D74" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F74" s="32" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G74" s="32" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H74" s="30">
         <v>6247543.0700000003</v>
       </c>
       <c r="I74" s="32" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J74" s="32"/>
       <c r="K74" s="32"/>
       <c r="L74" s="32"/>
       <c r="M74" s="32"/>
       <c r="N74" s="32"/>
       <c r="O74" s="32"/>
       <c r="P74" s="32"/>
       <c r="Q74" s="32"/>
       <c r="R74" s="15"/>
       <c r="S74" s="12"/>
     </row>
-    <row r="75" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="75" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="32" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B75" s="32" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C75" s="32" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D75" s="32" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="E75" s="32" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="F75" s="32" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="G75" s="32" t="s">
-        <v>48</v>
+        <v>111</v>
       </c>
       <c r="H75" s="30">
-        <v>1999856.92</v>
+        <v>10136250.460000001</v>
       </c>
       <c r="I75" s="32" t="s">
         <v>198</v>
       </c>
       <c r="J75" s="32"/>
       <c r="K75" s="32"/>
       <c r="L75" s="32"/>
       <c r="M75" s="32"/>
       <c r="N75" s="32"/>
       <c r="O75" s="32"/>
       <c r="P75" s="32"/>
       <c r="Q75" s="32"/>
       <c r="R75" s="14"/>
       <c r="S75" s="11"/>
     </row>
-    <row r="76" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="76" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="32" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B76" s="32" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C76" s="32" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D76" s="32" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="E76" s="32" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="F76" s="32" t="s">
-        <v>182</v>
+        <v>338</v>
       </c>
       <c r="G76" s="32" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="H76" s="30">
-        <v>10136250.460000001</v>
+        <v>7728800</v>
       </c>
       <c r="I76" s="32" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="J76" s="32"/>
+        <v>71</v>
+      </c>
+      <c r="J76" s="32" t="s">
+        <v>70</v>
+      </c>
       <c r="K76" s="32"/>
       <c r="L76" s="32"/>
       <c r="M76" s="32"/>
       <c r="N76" s="32"/>
       <c r="O76" s="32"/>
       <c r="P76" s="32"/>
       <c r="Q76" s="32"/>
       <c r="R76" s="14"/>
       <c r="S76" s="11"/>
     </row>
-    <row r="77" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="77" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="32" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B77" s="32" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C77" s="32" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="D77" s="32" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="E77" s="32" t="s">
-        <v>339</v>
+        <v>29</v>
       </c>
       <c r="F77" s="32" t="s">
-        <v>340</v>
+        <v>29</v>
       </c>
       <c r="G77" s="32" t="s">
-        <v>123</v>
+        <v>29</v>
       </c>
       <c r="H77" s="30">
-        <v>7728800</v>
+        <v>5981396.4199999999</v>
       </c>
       <c r="I77" s="32" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="J77" s="32"/>
       <c r="K77" s="32"/>
       <c r="L77" s="32"/>
       <c r="M77" s="32"/>
       <c r="N77" s="32"/>
       <c r="O77" s="32"/>
       <c r="P77" s="32"/>
       <c r="Q77" s="32"/>
       <c r="R77" s="14"/>
       <c r="S77" s="11"/>
     </row>
-    <row r="78" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="78" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="32" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B78" s="32" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C78" s="32" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D78" s="32" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E78" s="32" t="s">
-        <v>30</v>
+        <v>345</v>
       </c>
       <c r="F78" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G78" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H78" s="30">
-        <v>5981396.4199999999</v>
+        <v>65000000.200000003</v>
       </c>
       <c r="I78" s="32" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="J78" s="32"/>
       <c r="K78" s="32"/>
       <c r="L78" s="32"/>
       <c r="M78" s="32"/>
       <c r="N78" s="32"/>
       <c r="O78" s="32"/>
       <c r="P78" s="32"/>
       <c r="Q78" s="32"/>
       <c r="R78" s="14"/>
       <c r="S78" s="11"/>
     </row>
-    <row r="79" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="79" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="32" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B79" s="32" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="C79" s="32" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D79" s="32" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E79" s="32" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F79" s="32" t="s">
+        <v>29</v>
+      </c>
+      <c r="G79" s="32" t="s">
+        <v>29</v>
+      </c>
+      <c r="H79" s="30">
+        <v>119163032</v>
+      </c>
+      <c r="I79" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="J79" s="32" t="s">
         <v>30</v>
       </c>
-      <c r="G79" s="32" t="s">
-[...5 lines deleted...]
-      <c r="I79" s="32" t="s">
+      <c r="K79" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="J79" s="32"/>
-      <c r="K79" s="32"/>
       <c r="L79" s="32"/>
       <c r="M79" s="32"/>
       <c r="N79" s="32"/>
       <c r="O79" s="32"/>
       <c r="P79" s="32"/>
       <c r="Q79" s="32"/>
       <c r="R79" s="14"/>
       <c r="S79" s="11"/>
     </row>
-    <row r="80" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="80" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="32" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B80" s="32" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="C80" s="32" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D80" s="32" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="E80" s="32" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="F80" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G80" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H80" s="30">
-        <v>119163032</v>
+        <v>27866797.66</v>
       </c>
       <c r="I80" s="32" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="J80" s="32"/>
+      <c r="K80" s="32"/>
       <c r="L80" s="32"/>
       <c r="M80" s="32"/>
       <c r="N80" s="32"/>
       <c r="O80" s="32"/>
       <c r="P80" s="32"/>
       <c r="Q80" s="32"/>
       <c r="R80" s="14"/>
       <c r="S80" s="11"/>
     </row>
-    <row r="81" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="81" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="32" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B81" s="32" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C81" s="32" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D81" s="32" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="E81" s="32" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="F81" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G81" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H81" s="30">
-        <v>27866797.66</v>
+        <v>44497670</v>
       </c>
       <c r="I81" s="32" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="J81" s="32"/>
       <c r="K81" s="32"/>
       <c r="L81" s="32"/>
       <c r="M81" s="32"/>
       <c r="N81" s="32"/>
       <c r="O81" s="32"/>
       <c r="P81" s="32"/>
       <c r="Q81" s="32"/>
       <c r="R81" s="14"/>
       <c r="S81" s="11"/>
     </row>
-    <row r="82" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="82" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="32" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B82" s="32" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C82" s="32" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D82" s="32" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E82" s="32" t="s">
-        <v>350</v>
+        <v>93</v>
       </c>
       <c r="F82" s="32" t="s">
-        <v>30</v>
+        <v>93</v>
       </c>
       <c r="G82" s="32" t="s">
-        <v>30</v>
+        <v>94</v>
       </c>
       <c r="H82" s="30">
-        <v>44497670</v>
+        <v>34505039.759999998</v>
       </c>
       <c r="I82" s="32" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="K82" s="32"/>
+        <v>48</v>
+      </c>
+      <c r="J82" s="32" t="s">
+        <v>141</v>
+      </c>
+      <c r="K82" s="32" t="s">
+        <v>70</v>
+      </c>
       <c r="L82" s="32"/>
       <c r="M82" s="32"/>
       <c r="N82" s="32"/>
       <c r="O82" s="32"/>
       <c r="P82" s="32"/>
       <c r="Q82" s="32"/>
       <c r="R82" s="14"/>
       <c r="S82" s="11"/>
     </row>
-    <row r="83" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="83" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="32" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B83" s="32" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C83" s="32" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D83" s="32" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E83" s="32" t="s">
-        <v>94</v>
+        <v>362</v>
       </c>
       <c r="F83" s="32" t="s">
-        <v>94</v>
+        <v>176</v>
       </c>
       <c r="G83" s="32" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="H83" s="30">
-        <v>34505039.759999998</v>
+        <v>9829334.3399999999</v>
       </c>
       <c r="I83" s="32" t="s">
-        <v>49</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="J83" s="32"/>
+      <c r="K83" s="32"/>
       <c r="L83" s="32"/>
       <c r="M83" s="32"/>
       <c r="N83" s="32"/>
       <c r="O83" s="32"/>
       <c r="P83" s="32"/>
       <c r="Q83" s="32"/>
       <c r="R83" s="14"/>
       <c r="S83" s="11"/>
     </row>
-    <row r="84" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="84" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="32" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B84" s="32" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C84" s="32" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="D84" s="32" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="E84" s="32" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="F84" s="32" t="s">
-        <v>177</v>
+        <v>366</v>
       </c>
       <c r="G84" s="32" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="H84" s="30">
-        <v>9829334.3399999999</v>
+        <v>28178650</v>
       </c>
       <c r="I84" s="32" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="J84" s="32"/>
       <c r="K84" s="32"/>
       <c r="L84" s="32"/>
       <c r="M84" s="32"/>
       <c r="N84" s="32"/>
       <c r="O84" s="32"/>
       <c r="P84" s="32"/>
       <c r="Q84" s="32"/>
       <c r="R84" s="14"/>
       <c r="S84" s="11"/>
     </row>
-    <row r="85" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="85" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="32" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B85" s="32" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C85" s="32" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D85" s="32" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="E85" s="32" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="F85" s="32" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="G85" s="32" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="H85" s="30">
-        <v>28178650</v>
+        <v>23713907.780000001</v>
       </c>
       <c r="I85" s="32" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="J85" s="32"/>
+        <v>30</v>
+      </c>
+      <c r="J85" s="32" t="s">
+        <v>31</v>
+      </c>
       <c r="K85" s="32"/>
       <c r="L85" s="32"/>
       <c r="M85" s="32"/>
       <c r="N85" s="32"/>
       <c r="O85" s="32"/>
       <c r="P85" s="32"/>
       <c r="Q85" s="32"/>
       <c r="R85" s="14"/>
       <c r="S85" s="11"/>
     </row>
-    <row r="86" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="86" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="32" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B86" s="32" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C86" s="32" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="D86" s="32" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="E86" s="32" t="s">
-        <v>372</v>
+        <v>166</v>
       </c>
       <c r="F86" s="32" t="s">
-        <v>373</v>
+        <v>167</v>
       </c>
       <c r="G86" s="32" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H86" s="30">
-        <v>23713907.780000001</v>
+        <v>518096.25</v>
       </c>
       <c r="I86" s="32" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="J86" s="32"/>
       <c r="K86" s="32"/>
       <c r="L86" s="32"/>
       <c r="M86" s="32"/>
       <c r="N86" s="32"/>
       <c r="O86" s="32"/>
       <c r="P86" s="32"/>
       <c r="Q86" s="32"/>
       <c r="R86" s="14"/>
       <c r="S86" s="11"/>
     </row>
-    <row r="87" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="87" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="32" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B87" s="32" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C87" s="32" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D87" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E87" s="32" t="s">
-        <v>167</v>
+        <v>378</v>
       </c>
       <c r="F87" s="32" t="s">
-        <v>168</v>
+        <v>379</v>
       </c>
       <c r="G87" s="32" t="s">
-        <v>123</v>
+        <v>23</v>
       </c>
       <c r="H87" s="30">
-        <v>518096.25</v>
+        <v>14281700.800000001</v>
       </c>
       <c r="I87" s="32" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="K87" s="32"/>
+        <v>71</v>
+      </c>
+      <c r="J87" s="32" t="s">
+        <v>133</v>
+      </c>
+      <c r="K87" s="32" t="s">
+        <v>70</v>
+      </c>
       <c r="L87" s="32"/>
       <c r="M87" s="32"/>
       <c r="N87" s="32"/>
       <c r="O87" s="32"/>
       <c r="P87" s="32"/>
       <c r="Q87" s="32"/>
       <c r="R87" s="14"/>
       <c r="S87" s="11"/>
     </row>
-    <row r="88" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="88" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="32" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="B88" s="32" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="C88" s="32" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="D88" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E88" s="32" t="s">
-        <v>380</v>
+        <v>297</v>
       </c>
       <c r="F88" s="32" t="s">
-        <v>381</v>
+        <v>29</v>
       </c>
       <c r="G88" s="32" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H88" s="30">
-        <v>14281700.800000001</v>
+        <v>7762890</v>
       </c>
       <c r="I88" s="32" t="s">
-        <v>72</v>
-[...6 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="J88" s="32"/>
+      <c r="K88" s="32"/>
       <c r="L88" s="32"/>
       <c r="M88" s="32"/>
       <c r="N88" s="32"/>
       <c r="O88" s="32"/>
       <c r="P88" s="32"/>
       <c r="Q88" s="32"/>
       <c r="R88" s="14"/>
       <c r="S88" s="11"/>
     </row>
-    <row r="89" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="89" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="32" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B89" s="32" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C89" s="32" t="s">
         <v>384</v>
       </c>
       <c r="D89" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E89" s="32" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="F89" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G89" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H89" s="30">
-        <v>7762890</v>
+        <v>12674160</v>
       </c>
       <c r="I89" s="32" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="J89" s="32"/>
       <c r="K89" s="32"/>
       <c r="L89" s="32"/>
       <c r="M89" s="32"/>
       <c r="N89" s="32"/>
       <c r="O89" s="32"/>
       <c r="P89" s="32"/>
       <c r="Q89" s="32"/>
       <c r="R89" s="14"/>
       <c r="S89" s="11"/>
     </row>
-    <row r="90" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="90" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="32" t="s">
         <v>385</v>
       </c>
       <c r="B90" s="32" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C90" s="32" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D90" s="32" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="E90" s="32" t="s">
-        <v>298</v>
+        <v>388</v>
       </c>
       <c r="F90" s="32" t="s">
-        <v>30</v>
+        <v>389</v>
       </c>
       <c r="G90" s="32" t="s">
-        <v>30</v>
+        <v>122</v>
       </c>
       <c r="H90" s="30">
-        <v>12674160</v>
+        <v>1541502</v>
       </c>
       <c r="I90" s="32" t="s">
-        <v>71</v>
+        <v>123</v>
       </c>
       <c r="J90" s="32"/>
       <c r="K90" s="32"/>
       <c r="L90" s="32"/>
       <c r="M90" s="32"/>
       <c r="N90" s="32"/>
       <c r="O90" s="32"/>
       <c r="P90" s="32"/>
       <c r="Q90" s="32"/>
       <c r="R90" s="14"/>
       <c r="S90" s="11"/>
     </row>
-    <row r="91" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="91" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="32" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B91" s="32" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C91" s="32" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="D91" s="32" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="E91" s="32" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="F91" s="32" t="s">
-        <v>391</v>
+        <v>338</v>
       </c>
       <c r="G91" s="32" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H91" s="30">
-        <v>1541502</v>
+        <v>13505638.08</v>
       </c>
       <c r="I91" s="32" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-      <c r="K91" s="32"/>
+        <v>31</v>
+      </c>
+      <c r="J91" s="32" t="s">
+        <v>71</v>
+      </c>
+      <c r="K91" s="32" t="s">
+        <v>70</v>
+      </c>
       <c r="L91" s="32"/>
       <c r="M91" s="32"/>
       <c r="N91" s="32"/>
       <c r="O91" s="32"/>
       <c r="P91" s="32"/>
       <c r="Q91" s="32"/>
       <c r="R91" s="14"/>
       <c r="S91" s="11"/>
     </row>
-    <row r="92" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="92" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="32" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B92" s="32" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C92" s="32" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D92" s="32" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E92" s="32" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F92" s="32" t="s">
-        <v>340</v>
+        <v>398</v>
       </c>
       <c r="G92" s="32" t="s">
-        <v>123</v>
+        <v>23</v>
       </c>
       <c r="H92" s="30">
-        <v>13505638.08</v>
+        <v>10448269.439999999</v>
       </c>
       <c r="I92" s="32" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="J92" s="32" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="K92" s="32" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
       <c r="L92" s="32"/>
       <c r="M92" s="32"/>
       <c r="N92" s="32"/>
       <c r="O92" s="32"/>
       <c r="P92" s="32"/>
       <c r="Q92" s="32"/>
       <c r="R92" s="14"/>
       <c r="S92" s="11"/>
     </row>
-    <row r="93" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="93" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="32" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="B93" s="32" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C93" s="32" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D93" s="32" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E93" s="32" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="F93" s="32" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G93" s="32" t="s">
-        <v>24</v>
+        <v>94</v>
       </c>
       <c r="H93" s="30">
-        <v>10448269.439999999</v>
+        <v>38722987.359999999</v>
       </c>
       <c r="I93" s="32" t="s">
-        <v>72</v>
-[...6 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="J93" s="32"/>
+      <c r="K93" s="32"/>
       <c r="L93" s="32"/>
       <c r="M93" s="32"/>
       <c r="N93" s="32"/>
       <c r="O93" s="32"/>
       <c r="P93" s="32"/>
       <c r="Q93" s="32"/>
       <c r="R93" s="14"/>
       <c r="S93" s="11"/>
     </row>
-    <row r="94" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="94" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="32" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B94" s="32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C94" s="32" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D94" s="32" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E94" s="32" t="s">
-        <v>404</v>
+        <v>272</v>
       </c>
       <c r="F94" s="32" t="s">
-        <v>404</v>
+        <v>272</v>
       </c>
       <c r="G94" s="32" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="H94" s="30">
-        <v>38722987.359999999</v>
+        <v>6337140</v>
       </c>
       <c r="I94" s="32" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="J94" s="32"/>
       <c r="K94" s="32"/>
       <c r="L94" s="32"/>
       <c r="M94" s="32"/>
       <c r="N94" s="32"/>
       <c r="O94" s="32"/>
       <c r="P94" s="32"/>
       <c r="Q94" s="32"/>
       <c r="R94" s="14"/>
       <c r="S94" s="11"/>
     </row>
-    <row r="95" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="95" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="32" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B95" s="32" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="C95" s="32" t="s">
         <v>407</v>
       </c>
       <c r="D95" s="32" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E95" s="32" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="F95" s="32" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="G95" s="32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H95" s="30">
-        <v>6337140</v>
+        <v>21347760</v>
       </c>
       <c r="I95" s="32" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="J95" s="32"/>
       <c r="K95" s="32"/>
       <c r="L95" s="32"/>
       <c r="M95" s="32"/>
       <c r="N95" s="32"/>
       <c r="O95" s="32"/>
       <c r="P95" s="32"/>
       <c r="Q95" s="32"/>
       <c r="R95" s="14"/>
       <c r="S95" s="11"/>
     </row>
-    <row r="96" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="96" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="32" t="s">
         <v>408</v>
       </c>
       <c r="B96" s="32" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C96" s="32" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D96" s="32" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E96" s="32" t="s">
-        <v>273</v>
+        <v>411</v>
       </c>
       <c r="F96" s="32" t="s">
-        <v>273</v>
+        <v>412</v>
       </c>
       <c r="G96" s="32" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="H96" s="30">
-        <v>21347760</v>
+        <v>137500000</v>
       </c>
       <c r="I96" s="32" t="s">
-        <v>32</v>
-[...8 lines deleted...]
-      <c r="Q96" s="32"/>
+        <v>198</v>
+      </c>
+      <c r="J96" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="K96" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="L96" s="32" t="s">
+        <v>168</v>
+      </c>
+      <c r="M96" s="32" t="s">
+        <v>141</v>
+      </c>
+      <c r="N96" s="32" t="s">
+        <v>69</v>
+      </c>
+      <c r="O96" s="32" t="s">
+        <v>71</v>
+      </c>
+      <c r="P96" s="32" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q96" s="32" t="s">
+        <v>133</v>
+      </c>
       <c r="R96" s="14"/>
       <c r="S96" s="11"/>
     </row>
-    <row r="97" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="97" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="32" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B97" s="32" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C97" s="32" t="s">
+        <v>415</v>
+      </c>
+      <c r="D97" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E97" s="32" t="s">
+        <v>416</v>
+      </c>
+      <c r="F97" s="32" t="s">
         <v>412</v>
       </c>
-      <c r="D97" s="32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G97" s="32" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H97" s="30">
-        <v>137500000</v>
+        <v>8239637.3300000001</v>
       </c>
       <c r="I97" s="32" t="s">
-        <v>199</v>
+        <v>48</v>
       </c>
       <c r="J97" s="32" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="K97" s="32" t="s">
         <v>32</v>
       </c>
       <c r="L97" s="32" t="s">
-        <v>169</v>
-[...15 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="M97" s="32"/>
+      <c r="N97" s="32"/>
+      <c r="O97" s="32"/>
+      <c r="P97" s="32"/>
+      <c r="Q97" s="32"/>
       <c r="R97" s="14"/>
       <c r="S97" s="11"/>
     </row>
-    <row r="98" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="98" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="32" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B98" s="32" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C98" s="32" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="D98" s="32" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="E98" s="32" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="F98" s="32" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="G98" s="32" t="s">
-        <v>69</v>
+        <v>111</v>
       </c>
       <c r="H98" s="30">
-        <v>8239637.3300000001</v>
+        <v>25000000.199999999</v>
       </c>
       <c r="I98" s="32" t="s">
-        <v>49</v>
-[...9 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="J98" s="32"/>
+      <c r="K98" s="32"/>
+      <c r="L98" s="32"/>
       <c r="M98" s="32"/>
       <c r="N98" s="32"/>
       <c r="O98" s="32"/>
       <c r="P98" s="32"/>
       <c r="Q98" s="32"/>
       <c r="R98" s="14"/>
       <c r="S98" s="11"/>
     </row>
-    <row r="99" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="99" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="32" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B99" s="32" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C99" s="32" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="D99" s="32" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E99" s="32" t="s">
-        <v>422</v>
+        <v>29</v>
       </c>
       <c r="F99" s="32" t="s">
-        <v>423</v>
+        <v>29</v>
       </c>
       <c r="G99" s="32" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="H99" s="30">
-        <v>25000000.199999999</v>
+        <v>2370612.75</v>
       </c>
       <c r="I99" s="32" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="J99" s="32"/>
+        <v>32</v>
+      </c>
+      <c r="J99" s="32" t="s">
+        <v>32</v>
+      </c>
       <c r="K99" s="32"/>
       <c r="L99" s="32"/>
       <c r="M99" s="32"/>
       <c r="N99" s="32"/>
       <c r="O99" s="32"/>
       <c r="P99" s="32"/>
       <c r="Q99" s="32"/>
       <c r="R99" s="14"/>
       <c r="S99" s="11"/>
     </row>
-    <row r="100" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="100" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="32" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B100" s="32" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C100" s="32" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D100" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E100" s="32" t="s">
-        <v>30</v>
+        <v>428</v>
       </c>
       <c r="F100" s="32" t="s">
-        <v>30</v>
+        <v>402</v>
       </c>
       <c r="G100" s="32" t="s">
-        <v>30</v>
+        <v>94</v>
       </c>
       <c r="H100" s="30">
-        <v>2370612.75</v>
+        <v>30057960</v>
       </c>
       <c r="I100" s="32" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="J100" s="32"/>
       <c r="K100" s="32"/>
       <c r="L100" s="32"/>
       <c r="M100" s="32"/>
       <c r="N100" s="32"/>
       <c r="O100" s="32"/>
       <c r="P100" s="32"/>
       <c r="Q100" s="32"/>
       <c r="R100" s="14"/>
       <c r="S100" s="11"/>
     </row>
-    <row r="101" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="101" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="32" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B101" s="32" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C101" s="32" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D101" s="32" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E101" s="32" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F101" s="32" t="s">
-        <v>404</v>
+        <v>149</v>
       </c>
       <c r="G101" s="32" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="H101" s="30">
-        <v>30057960</v>
+        <v>67702227.5</v>
       </c>
       <c r="I101" s="32" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="J101" s="32"/>
+        <v>48</v>
+      </c>
+      <c r="J101" s="32" t="s">
+        <v>31</v>
+      </c>
       <c r="K101" s="32"/>
       <c r="L101" s="32"/>
       <c r="M101" s="32"/>
       <c r="N101" s="32"/>
       <c r="O101" s="32"/>
       <c r="P101" s="32"/>
       <c r="Q101" s="32"/>
       <c r="R101" s="14"/>
       <c r="S101" s="11"/>
     </row>
-    <row r="102" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="102" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="32" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B102" s="32" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C102" s="32" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D102" s="32" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="E102" s="32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F102" s="32" t="s">
-        <v>150</v>
+        <v>193</v>
       </c>
       <c r="G102" s="32" t="s">
-        <v>24</v>
+        <v>94</v>
       </c>
       <c r="H102" s="30">
-        <v>67702227.5</v>
+        <v>5220469.47</v>
       </c>
       <c r="I102" s="32" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="J102" s="32"/>
       <c r="K102" s="32"/>
       <c r="L102" s="32"/>
       <c r="M102" s="32"/>
       <c r="N102" s="32"/>
       <c r="O102" s="32"/>
       <c r="P102" s="32"/>
       <c r="Q102" s="32"/>
       <c r="R102" s="14"/>
       <c r="S102" s="11"/>
     </row>
-    <row r="103" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="103" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="32" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B103" s="32" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C103" s="32" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D103" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E103" s="32" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="F103" s="32" t="s">
-        <v>194</v>
+        <v>29</v>
       </c>
       <c r="G103" s="32" t="s">
-        <v>95</v>
+        <v>29</v>
       </c>
       <c r="H103" s="30">
-        <v>5220469.47</v>
+        <v>1513710</v>
       </c>
       <c r="I103" s="32" t="s">
-        <v>49</v>
+        <v>88</v>
       </c>
       <c r="J103" s="32"/>
       <c r="K103" s="32"/>
       <c r="L103" s="32"/>
       <c r="M103" s="32"/>
       <c r="N103" s="32"/>
       <c r="O103" s="32"/>
       <c r="P103" s="32"/>
       <c r="Q103" s="32"/>
       <c r="R103" s="14"/>
       <c r="S103" s="11"/>
     </row>
-    <row r="104" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="104" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="32" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B104" s="32" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C104" s="32" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D104" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E104" s="32" t="s">
-        <v>442</v>
+        <v>29</v>
       </c>
       <c r="F104" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G104" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H104" s="30">
-        <v>1513710</v>
+        <v>35423160.159999996</v>
       </c>
       <c r="I104" s="32" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="J104" s="32"/>
       <c r="K104" s="32"/>
       <c r="L104" s="32"/>
       <c r="M104" s="32"/>
       <c r="N104" s="32"/>
       <c r="O104" s="32"/>
       <c r="P104" s="32"/>
       <c r="Q104" s="32"/>
       <c r="R104" s="14"/>
       <c r="S104" s="11"/>
     </row>
-    <row r="105" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="105" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="32" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B105" s="32" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="C105" s="32" t="s">
         <v>445</v>
       </c>
       <c r="D105" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E105" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F105" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G105" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H105" s="30">
-        <v>35423160.159999996</v>
+        <v>18464004.84</v>
       </c>
       <c r="I105" s="32" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="J105" s="32"/>
+        <v>31</v>
+      </c>
+      <c r="J105" s="32" t="s">
+        <v>71</v>
+      </c>
       <c r="K105" s="32"/>
       <c r="L105" s="32"/>
       <c r="M105" s="32"/>
       <c r="N105" s="32"/>
       <c r="O105" s="32"/>
       <c r="P105" s="32"/>
       <c r="Q105" s="32"/>
       <c r="R105" s="14"/>
       <c r="S105" s="11"/>
     </row>
-    <row r="106" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="106" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="32" t="s">
         <v>446</v>
       </c>
       <c r="B106" s="32" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C106" s="32" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D106" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E106" s="32" t="s">
-        <v>30</v>
+        <v>449</v>
       </c>
       <c r="F106" s="32" t="s">
-        <v>30</v>
+        <v>450</v>
       </c>
       <c r="G106" s="32" t="s">
-        <v>30</v>
+        <v>122</v>
       </c>
       <c r="H106" s="30">
-        <v>18464004.84</v>
+        <v>4000000.61</v>
       </c>
       <c r="I106" s="32" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="J106" s="32"/>
       <c r="K106" s="32"/>
       <c r="L106" s="32"/>
       <c r="M106" s="32"/>
       <c r="N106" s="32"/>
       <c r="O106" s="32"/>
       <c r="P106" s="32"/>
       <c r="Q106" s="32"/>
       <c r="R106" s="14"/>
       <c r="S106" s="11"/>
     </row>
-    <row r="107" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="107" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="32" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B107" s="32" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C107" s="32" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="D107" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E107" s="32" t="s">
-        <v>451</v>
+        <v>46</v>
       </c>
       <c r="F107" s="32" t="s">
-        <v>452</v>
+        <v>46</v>
       </c>
       <c r="G107" s="32" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="H107" s="30">
-        <v>4000000.61</v>
+        <v>18976242.43</v>
       </c>
       <c r="I107" s="32" t="s">
-        <v>169</v>
+        <v>103</v>
       </c>
       <c r="J107" s="32"/>
       <c r="K107" s="32"/>
       <c r="L107" s="32"/>
       <c r="M107" s="32"/>
       <c r="N107" s="32"/>
       <c r="O107" s="32"/>
       <c r="P107" s="32"/>
       <c r="Q107" s="32"/>
       <c r="R107" s="14"/>
       <c r="S107" s="11"/>
     </row>
-    <row r="108" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="108" spans="1:19" s="5" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="32" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B108" s="32" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C108" s="32" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D108" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E108" s="32" t="s">
-        <v>47</v>
+        <v>457</v>
       </c>
       <c r="F108" s="32" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G108" s="32" t="s">
+        <v>29</v>
+      </c>
+      <c r="H108" s="30">
+        <v>73510746.780000001</v>
+      </c>
+      <c r="I108" s="32" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="J108" s="32"/>
       <c r="K108" s="32"/>
       <c r="L108" s="32"/>
       <c r="M108" s="32"/>
       <c r="N108" s="32"/>
       <c r="O108" s="32"/>
       <c r="P108" s="32"/>
       <c r="Q108" s="32"/>
-      <c r="R108" s="14"/>
-[...2 lines deleted...]
-    <row r="109" spans="1:19" s="5" customFormat="1" ht="15.95" customHeight="1">
+      <c r="R108" s="15"/>
+      <c r="S108" s="12"/>
+    </row>
+    <row r="109" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="32" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B109" s="32" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="C109" s="32" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D109" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E109" s="32" t="s">
-        <v>459</v>
+        <v>28</v>
       </c>
       <c r="F109" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G109" s="32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H109" s="30">
-        <v>73510746.780000001</v>
+        <v>66669771.899999999</v>
       </c>
       <c r="I109" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J109" s="32"/>
       <c r="K109" s="32"/>
       <c r="L109" s="32"/>
       <c r="M109" s="32"/>
       <c r="N109" s="32"/>
       <c r="O109" s="32"/>
       <c r="P109" s="32"/>
       <c r="Q109" s="32"/>
-      <c r="R109" s="15"/>
-[...2 lines deleted...]
-    <row r="110" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+      <c r="R109" s="14"/>
+      <c r="S109" s="11"/>
+    </row>
+    <row r="110" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="32" t="s">
         <v>460</v>
       </c>
       <c r="B110" s="32" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C110" s="32" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D110" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E110" s="32" t="s">
-        <v>29</v>
+        <v>463</v>
       </c>
       <c r="F110" s="32" t="s">
-        <v>30</v>
+        <v>464</v>
       </c>
       <c r="G110" s="32" t="s">
-        <v>30</v>
+        <v>122</v>
       </c>
       <c r="H110" s="30">
-        <v>66669771.899999999</v>
+        <v>17832918.870000001</v>
       </c>
       <c r="I110" s="32" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="J110" s="32"/>
+        <v>48</v>
+      </c>
+      <c r="J110" s="32" t="s">
+        <v>70</v>
+      </c>
       <c r="K110" s="32"/>
       <c r="L110" s="32"/>
       <c r="M110" s="32"/>
       <c r="N110" s="32"/>
       <c r="O110" s="32"/>
       <c r="P110" s="32"/>
       <c r="Q110" s="32"/>
       <c r="R110" s="14"/>
       <c r="S110" s="11"/>
     </row>
-    <row r="111" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="111" spans="1:19" s="5" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="32" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B111" s="32" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="C111" s="32" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="D111" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E111" s="32" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F111" s="32" t="s">
-        <v>466</v>
+        <v>193</v>
       </c>
       <c r="G111" s="32" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="H111" s="30">
-        <v>17832918.870000001</v>
+        <v>720965.24</v>
       </c>
       <c r="I111" s="32" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="J111" s="32"/>
       <c r="K111" s="32"/>
       <c r="L111" s="32"/>
       <c r="M111" s="32"/>
       <c r="N111" s="32"/>
       <c r="O111" s="32"/>
       <c r="P111" s="32"/>
       <c r="Q111" s="32"/>
-      <c r="R111" s="14"/>
-[...2 lines deleted...]
-    <row r="112" spans="1:19" s="5" customFormat="1" ht="15.95" customHeight="1">
+      <c r="R111" s="15"/>
+      <c r="S111" s="12"/>
+    </row>
+    <row r="112" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="32" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B112" s="32" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C112" s="32" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D112" s="32" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E112" s="32" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="F112" s="32" t="s">
-        <v>194</v>
+        <v>473</v>
       </c>
       <c r="G112" s="32" t="s">
-        <v>95</v>
+        <v>122</v>
       </c>
       <c r="H112" s="30">
-        <v>720965.24</v>
+        <v>6248273</v>
       </c>
       <c r="I112" s="32" t="s">
-        <v>107</v>
+        <v>71</v>
       </c>
       <c r="J112" s="32"/>
       <c r="K112" s="32"/>
       <c r="L112" s="32"/>
       <c r="M112" s="32"/>
       <c r="N112" s="32"/>
       <c r="O112" s="32"/>
       <c r="P112" s="32"/>
       <c r="Q112" s="32"/>
-      <c r="R112" s="15"/>
-[...2 lines deleted...]
-    <row r="113" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+      <c r="R112" s="14"/>
+      <c r="S112" s="11"/>
+    </row>
+    <row r="113" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="32" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B113" s="32" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="C113" s="32" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="D113" s="32" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="E113" s="32" t="s">
-        <v>474</v>
+        <v>29</v>
       </c>
       <c r="F113" s="32" t="s">
-        <v>475</v>
+        <v>29</v>
       </c>
       <c r="G113" s="32" t="s">
-        <v>123</v>
+        <v>29</v>
       </c>
       <c r="H113" s="30">
-        <v>6248273</v>
+        <v>1800000</v>
       </c>
       <c r="I113" s="32" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="J113" s="32"/>
       <c r="K113" s="32"/>
       <c r="L113" s="32"/>
       <c r="M113" s="32"/>
       <c r="N113" s="32"/>
       <c r="O113" s="32"/>
       <c r="P113" s="32"/>
       <c r="Q113" s="32"/>
       <c r="R113" s="14"/>
       <c r="S113" s="11"/>
     </row>
-    <row r="114" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="114" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="32" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B114" s="32" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C114" s="32" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D114" s="32" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="E114" s="32" t="s">
-        <v>30</v>
+        <v>480</v>
       </c>
       <c r="F114" s="32" t="s">
-        <v>30</v>
+        <v>167</v>
       </c>
       <c r="G114" s="32" t="s">
-        <v>30</v>
+        <v>122</v>
       </c>
       <c r="H114" s="30">
-        <v>1800000</v>
+        <v>7971519.3300000001</v>
       </c>
       <c r="I114" s="32" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="J114" s="32"/>
       <c r="K114" s="32"/>
       <c r="L114" s="32"/>
       <c r="M114" s="32"/>
       <c r="N114" s="32"/>
       <c r="O114" s="32"/>
       <c r="P114" s="32"/>
       <c r="Q114" s="32"/>
       <c r="R114" s="14"/>
       <c r="S114" s="11"/>
     </row>
-    <row r="115" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="115" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="32" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B115" s="32" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C115" s="32" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D115" s="32" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E115" s="32" t="s">
-        <v>482</v>
+        <v>166</v>
       </c>
       <c r="F115" s="32" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G115" s="32" t="s">
+        <v>122</v>
+      </c>
+      <c r="H115" s="30">
+        <v>5997591.1200000001</v>
+      </c>
+      <c r="I115" s="32" t="s">
         <v>123</v>
       </c>
-      <c r="H115" s="30">
-[...6 lines deleted...]
-      <c r="K115" s="32"/>
+      <c r="J115" s="32" t="s">
+        <v>71</v>
+      </c>
+      <c r="K115" s="32" t="s">
+        <v>70</v>
+      </c>
       <c r="L115" s="32"/>
       <c r="M115" s="32"/>
       <c r="N115" s="32"/>
       <c r="O115" s="32"/>
       <c r="P115" s="32"/>
       <c r="Q115" s="32"/>
       <c r="R115" s="14"/>
       <c r="S115" s="11"/>
     </row>
-    <row r="116" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="116" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="32" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B116" s="32" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C116" s="32" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D116" s="32" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
       <c r="E116" s="32" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="F116" s="32" t="s">
-        <v>168</v>
+        <v>29</v>
       </c>
       <c r="G116" s="32" t="s">
-        <v>123</v>
+        <v>29</v>
       </c>
       <c r="H116" s="30">
-        <v>5997591.1200000001</v>
+        <v>4282861.9400000004</v>
       </c>
       <c r="I116" s="32" t="s">
-        <v>124</v>
-[...6 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="J116" s="32"/>
+      <c r="K116" s="32"/>
       <c r="L116" s="32"/>
       <c r="M116" s="32"/>
       <c r="N116" s="32"/>
       <c r="O116" s="32"/>
       <c r="P116" s="32"/>
       <c r="Q116" s="32"/>
       <c r="R116" s="14"/>
       <c r="S116" s="11"/>
     </row>
-    <row r="117" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="117" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="32" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B117" s="32" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C117" s="32" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D117" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E117" s="32" t="s">
-        <v>30</v>
+        <v>463</v>
       </c>
       <c r="F117" s="32" t="s">
-        <v>30</v>
+        <v>464</v>
       </c>
       <c r="G117" s="32" t="s">
-        <v>30</v>
+        <v>122</v>
       </c>
       <c r="H117" s="30">
-        <v>4282861.9400000004</v>
+        <v>28317787.23</v>
       </c>
       <c r="I117" s="32" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="J117" s="32"/>
       <c r="K117" s="32"/>
       <c r="L117" s="32"/>
       <c r="M117" s="32"/>
       <c r="N117" s="32"/>
       <c r="O117" s="32"/>
       <c r="P117" s="32"/>
       <c r="Q117" s="32"/>
       <c r="R117" s="14"/>
       <c r="S117" s="11"/>
     </row>
-    <row r="118" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="118" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="32" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B118" s="32" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C118" s="32" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D118" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E118" s="32" t="s">
-        <v>465</v>
+        <v>46</v>
       </c>
       <c r="F118" s="32" t="s">
-        <v>466</v>
+        <v>46</v>
       </c>
       <c r="G118" s="32" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="H118" s="30">
-        <v>28317787.23</v>
+        <v>14987445.1</v>
       </c>
       <c r="I118" s="32" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="K118" s="32"/>
+        <v>69</v>
+      </c>
+      <c r="J118" s="32" t="s">
+        <v>141</v>
+      </c>
+      <c r="K118" s="32" t="s">
+        <v>70</v>
+      </c>
       <c r="L118" s="32"/>
       <c r="M118" s="32"/>
       <c r="N118" s="32"/>
       <c r="O118" s="32"/>
       <c r="P118" s="32"/>
       <c r="Q118" s="32"/>
       <c r="R118" s="14"/>
       <c r="S118" s="11"/>
     </row>
-    <row r="119" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="119" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="32" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B119" s="32" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C119" s="32" t="s">
         <v>494</v>
       </c>
       <c r="D119" s="32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E119" s="32" t="s">
-        <v>47</v>
+        <v>495</v>
       </c>
       <c r="F119" s="32" t="s">
-        <v>47</v>
+        <v>496</v>
       </c>
       <c r="G119" s="32" t="s">
-        <v>48</v>
+        <v>111</v>
       </c>
       <c r="H119" s="30">
-        <v>14987445.1</v>
+        <v>1181503.6399999999</v>
       </c>
       <c r="I119" s="32" t="s">
         <v>70</v>
       </c>
-      <c r="J119" s="32" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J119" s="32"/>
+      <c r="K119" s="32"/>
       <c r="L119" s="32"/>
       <c r="M119" s="32"/>
       <c r="N119" s="32"/>
       <c r="O119" s="32"/>
       <c r="P119" s="32"/>
       <c r="Q119" s="32"/>
       <c r="R119" s="14"/>
       <c r="S119" s="11"/>
     </row>
-    <row r="120" spans="1:19" s="2" customFormat="1" ht="15.95" customHeight="1">
+    <row r="120" spans="1:19" s="18" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="32" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B120" s="32" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="C120" s="32" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="D120" s="32" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="E120" s="32" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="F120" s="32" t="s">
-        <v>498</v>
+        <v>167</v>
       </c>
       <c r="G120" s="32" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="H120" s="30">
-        <v>1181503.6399999999</v>
+        <v>26467717.5</v>
       </c>
       <c r="I120" s="32" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="J120" s="32"/>
+        <v>48</v>
+      </c>
+      <c r="J120" s="32" t="s">
+        <v>70</v>
+      </c>
       <c r="K120" s="32"/>
       <c r="L120" s="32"/>
       <c r="M120" s="32"/>
       <c r="N120" s="32"/>
       <c r="O120" s="32"/>
       <c r="P120" s="32"/>
       <c r="Q120" s="32"/>
       <c r="R120" s="14"/>
-      <c r="S120" s="11"/>
-[...51 lines deleted...]
-      <c r="Q123" s="23"/>
+      <c r="S120" s="19"/>
+    </row>
+    <row r="121" spans="1:19" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B121" s="25"/>
+      <c r="C121" s="25"/>
+      <c r="I121" s="26"/>
+    </row>
+    <row r="122" spans="1:19" s="20" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B122" s="21"/>
+      <c r="C122" s="21"/>
+      <c r="I122" s="22"/>
+      <c r="Q122" s="23"/>
+      <c r="R122" s="14"/>
+      <c r="S122" s="24"/>
+    </row>
+    <row r="123" spans="1:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B123" s="4"/>
+      <c r="C123" s="4"/>
+      <c r="I123" s="7"/>
+      <c r="Q123" s="9"/>
       <c r="R123" s="14"/>
-      <c r="S123" s="24"/>
-[...1 lines deleted...]
-    <row r="124" spans="1:19" s="2" customFormat="1" hidden="1">
+      <c r="S123" s="11"/>
+    </row>
+    <row r="124" spans="1:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B124" s="4"/>
       <c r="C124" s="4"/>
       <c r="I124" s="7"/>
       <c r="Q124" s="9"/>
       <c r="R124" s="14"/>
       <c r="S124" s="11"/>
     </row>
-    <row r="125" spans="1:19" s="2" customFormat="1" hidden="1">
+    <row r="125" spans="1:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B125" s="4"/>
       <c r="C125" s="4"/>
       <c r="I125" s="7"/>
       <c r="Q125" s="9"/>
       <c r="R125" s="14"/>
       <c r="S125" s="11"/>
     </row>
-    <row r="126" spans="1:19" s="2" customFormat="1" hidden="1">
+    <row r="126" spans="1:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B126" s="4"/>
       <c r="C126" s="4"/>
       <c r="I126" s="7"/>
       <c r="Q126" s="9"/>
       <c r="R126" s="14"/>
       <c r="S126" s="11"/>
     </row>
-    <row r="127" spans="1:19" s="2" customFormat="1" hidden="1">
+    <row r="127" spans="1:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B127" s="4"/>
       <c r="C127" s="4"/>
       <c r="I127" s="7"/>
       <c r="Q127" s="9"/>
       <c r="R127" s="14"/>
       <c r="S127" s="11"/>
     </row>
-    <row r="128" spans="1:19" s="2" customFormat="1" hidden="1">
+    <row r="128" spans="1:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B128" s="4"/>
       <c r="C128" s="4"/>
       <c r="I128" s="7"/>
       <c r="Q128" s="9"/>
       <c r="R128" s="14"/>
       <c r="S128" s="11"/>
     </row>
-    <row r="129" spans="2:19" s="2" customFormat="1" hidden="1">
+    <row r="129" spans="2:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B129" s="4"/>
       <c r="C129" s="4"/>
       <c r="I129" s="7"/>
       <c r="Q129" s="9"/>
       <c r="R129" s="14"/>
       <c r="S129" s="11"/>
     </row>
-    <row r="130" spans="2:19" s="2" customFormat="1" hidden="1">
+    <row r="130" spans="2:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B130" s="4"/>
       <c r="C130" s="4"/>
       <c r="I130" s="7"/>
       <c r="Q130" s="9"/>
       <c r="R130" s="14"/>
       <c r="S130" s="11"/>
     </row>
-    <row r="131" spans="2:19" s="2" customFormat="1" hidden="1">
+    <row r="131" spans="2:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B131" s="4"/>
       <c r="C131" s="4"/>
       <c r="I131" s="7"/>
       <c r="Q131" s="9"/>
       <c r="R131" s="14"/>
       <c r="S131" s="11"/>
     </row>
-    <row r="132" spans="2:19" s="2" customFormat="1" hidden="1">
+    <row r="132" spans="2:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B132" s="4"/>
       <c r="C132" s="4"/>
       <c r="I132" s="7"/>
       <c r="Q132" s="9"/>
       <c r="R132" s="14"/>
       <c r="S132" s="11"/>
     </row>
-    <row r="133" spans="2:19" s="2" customFormat="1" hidden="1">
+    <row r="133" spans="2:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B133" s="4"/>
       <c r="C133" s="4"/>
       <c r="I133" s="7"/>
       <c r="Q133" s="9"/>
       <c r="R133" s="14"/>
       <c r="S133" s="11"/>
     </row>
-    <row r="134" spans="2:19" s="2" customFormat="1" hidden="1">
+    <row r="134" spans="2:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B134" s="4"/>
       <c r="C134" s="4"/>
       <c r="I134" s="7"/>
       <c r="Q134" s="9"/>
       <c r="R134" s="14"/>
       <c r="S134" s="11"/>
     </row>
-    <row r="135" spans="2:19" s="2" customFormat="1" hidden="1">
+    <row r="135" spans="2:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B135" s="4"/>
       <c r="C135" s="4"/>
       <c r="I135" s="7"/>
       <c r="Q135" s="9"/>
       <c r="R135" s="14"/>
       <c r="S135" s="11"/>
     </row>
-    <row r="136" spans="2:19" s="2" customFormat="1" hidden="1">
+    <row r="136" spans="2:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B136" s="4"/>
       <c r="C136" s="4"/>
       <c r="I136" s="7"/>
       <c r="Q136" s="9"/>
       <c r="R136" s="14"/>
       <c r="S136" s="11"/>
     </row>
-    <row r="137" spans="2:19" s="2" customFormat="1" hidden="1">
+    <row r="137" spans="2:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B137" s="4"/>
       <c r="C137" s="4"/>
       <c r="I137" s="7"/>
       <c r="Q137" s="9"/>
       <c r="R137" s="14"/>
       <c r="S137" s="11"/>
     </row>
-    <row r="138" spans="2:19" s="2" customFormat="1" hidden="1">
+    <row r="138" spans="2:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B138" s="4"/>
       <c r="C138" s="4"/>
       <c r="I138" s="7"/>
       <c r="Q138" s="9"/>
       <c r="R138" s="14"/>
       <c r="S138" s="11"/>
     </row>
-    <row r="139" spans="2:19" s="2" customFormat="1" hidden="1">
+    <row r="139" spans="2:19" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="B139" s="4"/>
       <c r="C139" s="4"/>
       <c r="I139" s="7"/>
       <c r="Q139" s="9"/>
       <c r="R139" s="14"/>
       <c r="S139" s="11"/>
     </row>
-    <row r="140" spans="2:19" s="2" customFormat="1" hidden="1">
-[...7 lines deleted...]
-    <row r="141" spans="2:19" ht="15" customHeight="1"/>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
-  <autoFilter ref="A2:Q121" xr:uid="{16067857-1352-4D47-BF81-4E9ACBA75E4A}">
-[...1 lines deleted...]
-      <sortCondition ref="B2:B121"/>
+  <autoFilter ref="A2:Q120" xr:uid="{16067857-1352-4D47-BF81-4E9ACBA75E4A}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:Q120">
+      <sortCondition ref="B2:B120"/>
     </sortState>
   </autoFilter>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:Q121">
-    <sortCondition ref="A3:A121"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:Q120">
+    <sortCondition ref="A3:A120"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:R1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{06144D58-E10C-4952-A694-32AC39720F0C}">
   <dimension ref="A1:Q126"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="2" topLeftCell="C115" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="C1" sqref="C1"/>
+      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="C120" sqref="C120"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="topRight" activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.42578125" customWidth="1"/>
     <col min="3" max="3" width="51" customWidth="1"/>
     <col min="4" max="4" width="23.28515625" customWidth="1"/>
     <col min="5" max="5" width="15.140625" customWidth="1"/>
     <col min="6" max="6" width="12.140625" customWidth="1"/>
     <col min="7" max="7" width="24.28515625" customWidth="1"/>
     <col min="8" max="8" width="70" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="73.28515625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="70" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="61" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="58" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="61" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="58" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="24.7109375" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="32.28515625" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="16381" max="16381" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="16382" max="16382" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="102.6" customHeight="1">
+    <row r="1" spans="1:17" ht="102.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="34" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="B1" s="34"/>
       <c r="C1" s="34"/>
       <c r="D1" s="34"/>
     </row>
-    <row r="2" spans="1:17">
+    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>502</v>
+      </c>
+      <c r="B2" t="s">
+        <v>503</v>
+      </c>
+      <c r="C2" t="s">
         <v>504</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>505</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>506</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>507</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>508</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>509</v>
       </c>
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>510</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>511</v>
       </c>
-      <c r="I2" t="s">
+      <c r="K2" t="s">
         <v>512</v>
       </c>
-      <c r="J2" t="s">
+      <c r="L2" t="s">
         <v>513</v>
       </c>
-      <c r="K2" t="s">
+      <c r="M2" t="s">
         <v>514</v>
       </c>
-      <c r="L2" t="s">
+      <c r="N2" t="s">
         <v>515</v>
       </c>
-      <c r="M2" t="s">
+      <c r="O2" t="s">
         <v>516</v>
       </c>
-      <c r="N2" t="s">
+      <c r="P2" t="s">
         <v>517</v>
       </c>
-      <c r="O2" t="s">
+      <c r="Q2" t="s">
         <v>518</v>
       </c>
-      <c r="P2" t="s">
-[...6 lines deleted...]
-    <row r="3" spans="1:17">
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>88</v>
       </c>
       <c r="B3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C3" t="s">
         <v>157</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>52</v>
+      </c>
+      <c r="E3" t="s">
         <v>158</v>
       </c>
-      <c r="D3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G3" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:17">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>92</v>
       </c>
       <c r="B4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C4" t="s">
         <v>147</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
         <v>148</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
         <v>149</v>
       </c>
-      <c r="F4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:17">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>97</v>
       </c>
       <c r="B5" t="s">
+        <v>335</v>
+      </c>
+      <c r="C5" t="s">
+        <v>336</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
         <v>337</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
         <v>338</v>
       </c>
-      <c r="D5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G5" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H5" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="I5" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:17">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>99</v>
       </c>
       <c r="B6" t="s">
+        <v>391</v>
+      </c>
+      <c r="C6" t="s">
+        <v>392</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>393</v>
       </c>
-      <c r="C6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="G6" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J6" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:17">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>102</v>
       </c>
       <c r="B7" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="C7" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I7" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:17">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>107</v>
       </c>
       <c r="B8" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C8" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="F8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H8" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:17">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>125</v>
       </c>
       <c r="B9" t="s">
+        <v>315</v>
+      </c>
+      <c r="C9" t="s">
         <v>316</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
         <v>317</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="G9" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="H9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I9" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:17">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>132</v>
       </c>
       <c r="B10" t="s">
+        <v>185</v>
+      </c>
+      <c r="C10" t="s">
         <v>186</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" t="s">
         <v>187</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
         <v>188</v>
       </c>
-      <c r="F10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10" t="s">
         <v>48</v>
       </c>
-      <c r="H10" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:17">
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>135</v>
       </c>
       <c r="B11" t="s">
+        <v>129</v>
+      </c>
+      <c r="C11" t="s">
         <v>130</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" t="s">
         <v>131</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>132</v>
       </c>
-      <c r="F11" t="s">
+      <c r="G11" t="s">
+        <v>519</v>
+      </c>
+      <c r="H11" t="s">
+        <v>123</v>
+      </c>
+      <c r="I11" t="s">
+        <v>71</v>
+      </c>
+      <c r="J11" t="s">
         <v>133</v>
       </c>
-      <c r="G11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K11" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:17">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>164</v>
       </c>
       <c r="B12" t="s">
+        <v>350</v>
+      </c>
+      <c r="C12" t="s">
+        <v>351</v>
+      </c>
+      <c r="D12" t="s">
+        <v>41</v>
+      </c>
+      <c r="E12" t="s">
         <v>352</v>
       </c>
-      <c r="C12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H12" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:17">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>181</v>
       </c>
       <c r="B13" t="s">
+        <v>303</v>
+      </c>
+      <c r="C13" t="s">
         <v>304</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" t="s">
         <v>305</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H13" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I13" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:17">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>192</v>
       </c>
       <c r="B14" t="s">
+        <v>343</v>
+      </c>
+      <c r="C14" t="s">
+        <v>344</v>
+      </c>
+      <c r="D14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" t="s">
         <v>345</v>
       </c>
-      <c r="C14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G14" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H14" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:17">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>202</v>
       </c>
       <c r="B15" t="s">
+        <v>426</v>
+      </c>
+      <c r="C15" t="s">
+        <v>427</v>
+      </c>
+      <c r="D15" t="s">
+        <v>41</v>
+      </c>
+      <c r="E15" t="s">
         <v>428</v>
       </c>
-      <c r="C15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="G15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H15" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:17">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>213</v>
       </c>
       <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
         <v>114</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" t="s">
         <v>115</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G16" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H16" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I16" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>214</v>
       </c>
       <c r="B17" t="s">
+        <v>409</v>
+      </c>
+      <c r="C17" t="s">
+        <v>410</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" t="s">
         <v>411</v>
       </c>
-      <c r="C17" t="s">
+      <c r="F17" t="s">
         <v>412</v>
       </c>
-      <c r="D17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G17" t="s">
+        <v>68</v>
+      </c>
+      <c r="H17" t="s">
+        <v>198</v>
+      </c>
+      <c r="I17" t="s">
+        <v>48</v>
+      </c>
+      <c r="J17" t="s">
+        <v>31</v>
+      </c>
+      <c r="K17" t="s">
+        <v>168</v>
+      </c>
+      <c r="L17" t="s">
+        <v>141</v>
+      </c>
+      <c r="M17" t="s">
         <v>69</v>
       </c>
-      <c r="H17" t="s">
-[...14 lines deleted...]
-      <c r="M17" t="s">
+      <c r="N17" t="s">
+        <v>71</v>
+      </c>
+      <c r="O17" t="s">
         <v>70</v>
       </c>
-      <c r="N17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P17" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:16">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>264</v>
       </c>
       <c r="B18" t="s">
+        <v>455</v>
+      </c>
+      <c r="C18" t="s">
+        <v>456</v>
+      </c>
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
         <v>457</v>
       </c>
-      <c r="C18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G18" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H18" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:16">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>276</v>
       </c>
       <c r="B19" t="s">
+        <v>520</v>
+      </c>
+      <c r="C19" t="s">
+        <v>521</v>
+      </c>
+      <c r="D19" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" t="s">
         <v>522</v>
       </c>
-      <c r="C19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F19" t="s">
+        <v>93</v>
+      </c>
+      <c r="G19" t="s">
         <v>94</v>
       </c>
-      <c r="G19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H19" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="I19" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:16">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>277</v>
       </c>
       <c r="B20" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" t="s">
         <v>87</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>41</v>
+      </c>
+      <c r="E20" t="s">
+        <v>29</v>
+      </c>
+      <c r="F20" t="s">
+        <v>29</v>
+      </c>
+      <c r="G20" t="s">
+        <v>29</v>
+      </c>
+      <c r="H20" t="s">
         <v>88</v>
       </c>
-      <c r="D20" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I20" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:16">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>280</v>
       </c>
       <c r="B21" t="s">
+        <v>523</v>
+      </c>
+      <c r="C21" t="s">
+        <v>524</v>
+      </c>
+      <c r="D21" t="s">
+        <v>41</v>
+      </c>
+      <c r="E21" t="s">
         <v>525</v>
       </c>
-      <c r="C21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G21" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H21" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I21" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J21" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:16">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>320</v>
       </c>
       <c r="B22" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C22" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="D22" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E22" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="F22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H22" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:16">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>324</v>
       </c>
       <c r="B23" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="C23" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D23" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E23" t="s">
+        <v>166</v>
+      </c>
+      <c r="F23" t="s">
         <v>167</v>
       </c>
-      <c r="F23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H23" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:16">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>337</v>
       </c>
       <c r="B24" t="s">
+        <v>101</v>
+      </c>
+      <c r="C24" t="s">
         <v>102</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>99</v>
+      </c>
+      <c r="E24" t="s">
+        <v>28</v>
+      </c>
+      <c r="F24" t="s">
+        <v>29</v>
+      </c>
+      <c r="G24" t="s">
+        <v>29</v>
+      </c>
+      <c r="H24" t="s">
         <v>103</v>
       </c>
-      <c r="D24" t="s">
-[...15 lines deleted...]
-    <row r="25" spans="1:16">
+    </row>
+    <row r="25" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>338</v>
       </c>
       <c r="B25" t="s">
+        <v>221</v>
+      </c>
+      <c r="C25" t="s">
         <v>222</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>52</v>
+      </c>
+      <c r="E25" t="s">
         <v>223</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="F25" t="s">
         <v>224</v>
       </c>
-      <c r="F25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H25" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:16">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>388</v>
       </c>
       <c r="B26" t="s">
+        <v>265</v>
+      </c>
+      <c r="C26" t="s">
         <v>266</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>41</v>
+      </c>
+      <c r="E26" t="s">
         <v>267</v>
       </c>
-      <c r="D26" t="s">
-[...2 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
         <v>268</v>
       </c>
-      <c r="F26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H26" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="I26" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:16">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>412</v>
       </c>
       <c r="B27" t="s">
+        <v>63</v>
+      </c>
+      <c r="C27" t="s">
         <v>64</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>65</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>66</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
         <v>67</v>
       </c>
-      <c r="F27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="H27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I27" t="s">
         <v>70</v>
       </c>
-      <c r="I27" t="s">
+      <c r="J27" t="s">
         <v>71</v>
       </c>
-      <c r="J27" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:16">
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>413</v>
       </c>
       <c r="B28" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="C28" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="D28" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E28" t="s">
+        <v>93</v>
+      </c>
+      <c r="F28" t="s">
+        <v>93</v>
+      </c>
+      <c r="G28" t="s">
         <v>94</v>
       </c>
-      <c r="F28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H28" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I28" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J28" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:16">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>458</v>
       </c>
       <c r="B29" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C29" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D29" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E29" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="F29" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G29" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H29" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:16">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>459</v>
       </c>
       <c r="B30" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C30" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="D30" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E30" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F30" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G30" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H30" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:16">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>466</v>
       </c>
       <c r="B31" t="s">
+        <v>174</v>
+      </c>
+      <c r="C31" t="s">
         <v>175</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>52</v>
+      </c>
+      <c r="E31" t="s">
         <v>176</v>
       </c>
-      <c r="D31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="G31" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H31" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:16">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>516</v>
       </c>
       <c r="B32" t="s">
+        <v>434</v>
+      </c>
+      <c r="C32" t="s">
+        <v>435</v>
+      </c>
+      <c r="D32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E32" t="s">
         <v>436</v>
       </c>
-      <c r="C32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F32" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="G32" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H32" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>520</v>
       </c>
       <c r="B33" t="s">
+        <v>43</v>
+      </c>
+      <c r="C33" t="s">
         <v>44</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
         <v>45</v>
       </c>
-      <c r="D33" t="s">
-[...2 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" t="s">
         <v>46</v>
       </c>
-      <c r="F33" t="s">
+      <c r="G33" t="s">
         <v>47</v>
       </c>
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>48</v>
       </c>
-      <c r="H33" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:10">
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>543</v>
       </c>
       <c r="B34" t="s">
+        <v>274</v>
+      </c>
+      <c r="C34" t="s">
         <v>275</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>41</v>
+      </c>
+      <c r="E34" t="s">
         <v>276</v>
       </c>
-      <c r="D34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G34" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H34" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I34" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>606</v>
       </c>
       <c r="B35" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C35" t="s">
+        <v>259</v>
+      </c>
+      <c r="D35" t="s">
+        <v>41</v>
+      </c>
+      <c r="E35" t="s">
         <v>260</v>
       </c>
-      <c r="D35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" t="s">
+        <v>93</v>
+      </c>
+      <c r="G35" t="s">
         <v>94</v>
       </c>
-      <c r="G35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>618</v>
       </c>
       <c r="B36" t="s">
+        <v>108</v>
+      </c>
+      <c r="C36" t="s">
         <v>109</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>99</v>
+      </c>
+      <c r="E36" t="s">
         <v>110</v>
       </c>
-      <c r="D36" t="s">
-[...2 lines deleted...]
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>110</v>
+      </c>
+      <c r="G36" t="s">
         <v>111</v>
       </c>
-      <c r="F36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H36" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>656</v>
       </c>
       <c r="B37" t="s">
+        <v>307</v>
+      </c>
+      <c r="C37" t="s">
         <v>308</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>52</v>
+      </c>
+      <c r="E37" t="s">
         <v>309</v>
       </c>
-      <c r="D37" t="s">
-[...2 lines deleted...]
-      <c r="E37" t="s">
+      <c r="F37" t="s">
         <v>310</v>
       </c>
-      <c r="F37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H37" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>672</v>
       </c>
       <c r="B38" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C38" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="D38" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E38" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F38" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G38" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H38" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>682</v>
       </c>
       <c r="B39" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="C39" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="D39" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E39" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F39" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G39" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H39" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>686</v>
       </c>
       <c r="B40" t="s">
+        <v>211</v>
+      </c>
+      <c r="C40" t="s">
         <v>212</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>52</v>
+      </c>
+      <c r="E40" t="s">
         <v>213</v>
       </c>
-      <c r="D40" t="s">
-[...2 lines deleted...]
-      <c r="E40" t="s">
+      <c r="F40" t="s">
         <v>214</v>
       </c>
-      <c r="F40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G40" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H40" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I40" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="J40" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>692</v>
       </c>
       <c r="B41" t="s">
+        <v>494</v>
+      </c>
+      <c r="C41" t="s">
+        <v>494</v>
+      </c>
+      <c r="D41" t="s">
+        <v>41</v>
+      </c>
+      <c r="E41" t="s">
+        <v>495</v>
+      </c>
+      <c r="F41" t="s">
         <v>496</v>
       </c>
-      <c r="C41" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G41" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H41" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>696</v>
       </c>
       <c r="B42" t="s">
+        <v>190</v>
+      </c>
+      <c r="C42" t="s">
         <v>191</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>52</v>
+      </c>
+      <c r="E42" t="s">
         <v>192</v>
       </c>
-      <c r="D42" t="s">
-[...2 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
         <v>193</v>
       </c>
-      <c r="F42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H42" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>709</v>
       </c>
       <c r="B43" t="s">
+        <v>105</v>
+      </c>
+      <c r="C43" t="s">
         <v>106</v>
       </c>
-      <c r="C43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F43" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G43" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H43" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>719</v>
       </c>
       <c r="B44" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="C44" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="D44" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E44" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="F44" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="G44" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H44" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>726</v>
       </c>
       <c r="B45" t="s">
+        <v>430</v>
+      </c>
+      <c r="C45" t="s">
+        <v>431</v>
+      </c>
+      <c r="D45" t="s">
+        <v>52</v>
+      </c>
+      <c r="E45" t="s">
         <v>432</v>
       </c>
-      <c r="C45" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G45" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H45" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I45" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>746</v>
       </c>
       <c r="B46" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="C46" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D46" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E46" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="F46" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="G46" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H46" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>752</v>
       </c>
       <c r="B47" t="s">
+        <v>151</v>
+      </c>
+      <c r="C47" t="s">
         <v>152</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>52</v>
+      </c>
+      <c r="E47" t="s">
         <v>153</v>
       </c>
-      <c r="D47" t="s">
-[...2 lines deleted...]
-      <c r="E47" t="s">
+      <c r="F47" t="s">
         <v>154</v>
       </c>
-      <c r="F47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H47" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>754</v>
       </c>
       <c r="B48" t="s">
+        <v>528</v>
+      </c>
+      <c r="C48" t="s">
+        <v>529</v>
+      </c>
+      <c r="D48" t="s">
+        <v>41</v>
+      </c>
+      <c r="E48" t="s">
         <v>530</v>
       </c>
-      <c r="C48" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F48" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="G48" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H48" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I48" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J48" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:11">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>784</v>
       </c>
       <c r="B49" t="s">
+        <v>368</v>
+      </c>
+      <c r="C49" t="s">
+        <v>369</v>
+      </c>
+      <c r="D49" t="s">
+        <v>52</v>
+      </c>
+      <c r="E49" t="s">
         <v>370</v>
       </c>
-      <c r="C49" t="s">
+      <c r="F49" t="s">
         <v>371</v>
       </c>
-      <c r="D49" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G49" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H49" t="s">
+        <v>30</v>
+      </c>
+      <c r="I49" t="s">
         <v>31</v>
       </c>
-      <c r="I49" t="s">
-[...3 lines deleted...]
-    <row r="50" spans="1:11">
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>825</v>
       </c>
       <c r="B50" t="s">
+        <v>295</v>
+      </c>
+      <c r="C50" t="s">
         <v>296</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>41</v>
+      </c>
+      <c r="E50" t="s">
         <v>297</v>
       </c>
-      <c r="D50" t="s">
-[...2 lines deleted...]
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>29</v>
+      </c>
+      <c r="G50" t="s">
+        <v>29</v>
+      </c>
+      <c r="H50" t="s">
+        <v>71</v>
+      </c>
+      <c r="I50" t="s">
         <v>298</v>
       </c>
-      <c r="F50" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="K50" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:11">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>852</v>
       </c>
       <c r="B51" t="s">
+        <v>178</v>
+      </c>
+      <c r="C51" t="s">
         <v>179</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>52</v>
+      </c>
+      <c r="E51" t="s">
         <v>180</v>
       </c>
-      <c r="D51" t="s">
-[...2 lines deleted...]
-      <c r="E51" t="s">
+      <c r="F51" t="s">
         <v>181</v>
       </c>
-      <c r="F51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H51" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:11">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>881</v>
       </c>
       <c r="B52" t="s">
+        <v>251</v>
+      </c>
+      <c r="C52" t="s">
         <v>252</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>41</v>
+      </c>
+      <c r="E52" t="s">
         <v>253</v>
       </c>
-      <c r="D52" t="s">
-[...2 lines deleted...]
-      <c r="E52" t="s">
+      <c r="F52" t="s">
         <v>254</v>
       </c>
-      <c r="F52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G52" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H52" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:11">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>882</v>
       </c>
       <c r="B53" t="s">
+        <v>170</v>
+      </c>
+      <c r="C53" t="s">
         <v>171</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>52</v>
+      </c>
+      <c r="E53" t="s">
         <v>172</v>
       </c>
-      <c r="D53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="G53" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H53" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="I53" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:11">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>920</v>
       </c>
       <c r="B54" t="s">
+        <v>292</v>
+      </c>
+      <c r="C54" t="s">
+        <v>531</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
         <v>293</v>
       </c>
-      <c r="C54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
         <v>23</v>
       </c>
-      <c r="G54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H54" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:11" hidden="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" hidden="1" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>922</v>
       </c>
       <c r="B55" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="C55" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D55" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E55" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F55" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G55" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H55" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:11">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>925</v>
       </c>
       <c r="B56" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C56" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
         <v>21</v>
       </c>
-      <c r="E56" t="s">
+      <c r="F56" t="s">
         <v>22</v>
       </c>
-      <c r="F56" t="s">
+      <c r="G56" t="s">
         <v>23</v>
       </c>
-      <c r="G56" t="s">
+      <c r="H56" t="s">
         <v>24</v>
       </c>
-      <c r="H56" t="s">
-[...3 lines deleted...]
-    <row r="57" spans="1:11">
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>932</v>
       </c>
       <c r="B57" t="s">
+        <v>216</v>
+      </c>
+      <c r="C57" t="s">
         <v>217</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>52</v>
+      </c>
+      <c r="E57" t="s">
         <v>218</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="F57" t="s">
         <v>219</v>
       </c>
-      <c r="F57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G57" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H57" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I57" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:11">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>934</v>
       </c>
       <c r="B58" t="s">
+        <v>447</v>
+      </c>
+      <c r="C58" t="s">
+        <v>448</v>
+      </c>
+      <c r="D58" t="s">
+        <v>41</v>
+      </c>
+      <c r="E58" t="s">
         <v>449</v>
       </c>
-      <c r="C58" t="s">
+      <c r="F58" t="s">
         <v>450</v>
       </c>
-      <c r="D58" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G58" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H58" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:11">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>951</v>
       </c>
       <c r="B59" t="s">
+        <v>498</v>
+      </c>
+      <c r="C59" t="s">
+        <v>499</v>
+      </c>
+      <c r="D59" t="s">
+        <v>65</v>
+      </c>
+      <c r="E59" t="s">
         <v>500</v>
       </c>
-      <c r="C59" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F59" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G59" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="H59" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I59" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:11">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>955</v>
       </c>
       <c r="B60" t="s">
+        <v>238</v>
+      </c>
+      <c r="C60" t="s">
         <v>239</v>
       </c>
-      <c r="C60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E60" t="s">
+        <v>235</v>
+      </c>
+      <c r="F60" t="s">
         <v>236</v>
       </c>
-      <c r="F60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G60" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H60" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I60" t="s">
+        <v>70</v>
+      </c>
+      <c r="J60" t="s">
         <v>71</v>
       </c>
-      <c r="J60" t="s">
-[...3 lines deleted...]
-    <row r="61" spans="1:11">
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>958</v>
       </c>
       <c r="B61" t="s">
+        <v>418</v>
+      </c>
+      <c r="C61" t="s">
+        <v>419</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
         <v>420</v>
       </c>
-      <c r="C61" t="s">
+      <c r="F61" t="s">
         <v>421</v>
       </c>
-      <c r="D61" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G61" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H61" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:11">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>960</v>
       </c>
       <c r="B62" t="s">
+        <v>533</v>
+      </c>
+      <c r="C62" t="s">
+        <v>534</v>
+      </c>
+      <c r="D62" t="s">
+        <v>41</v>
+      </c>
+      <c r="E62" t="s">
         <v>535</v>
       </c>
-      <c r="C62" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F62" t="s">
+        <v>67</v>
+      </c>
+      <c r="G62" t="s">
         <v>68</v>
       </c>
-      <c r="G62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H62" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I62" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J62" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K62" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:11">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>969</v>
       </c>
       <c r="B63" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C63" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D63" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E63" t="s">
+        <v>180</v>
+      </c>
+      <c r="F63" t="s">
         <v>181</v>
       </c>
-      <c r="F63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G63" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H63" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:11">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>993</v>
       </c>
       <c r="B64" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C64" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="D64" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E64" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="F64" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="G64" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H64" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>997</v>
       </c>
       <c r="B65" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C65" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="D65" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E65" t="s">
+        <v>166</v>
+      </c>
+      <c r="F65" t="s">
         <v>167</v>
       </c>
-      <c r="F65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G65" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="H65" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="I65" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J65" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>998</v>
       </c>
       <c r="B66" t="s">
+        <v>26</v>
+      </c>
+      <c r="C66" t="s">
         <v>27</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
         <v>28</v>
       </c>
-      <c r="D66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F66" t="s">
+        <v>29</v>
+      </c>
+      <c r="G66" t="s">
+        <v>29</v>
+      </c>
+      <c r="H66" t="s">
         <v>30</v>
       </c>
-      <c r="G66" t="s">
-[...2 lines deleted...]
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>31</v>
       </c>
-      <c r="I66" t="s">
+      <c r="J66" t="s">
         <v>32</v>
       </c>
-      <c r="J66" t="s">
-[...3 lines deleted...]
-    <row r="67" spans="1:10">
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>1017</v>
       </c>
       <c r="B67" t="s">
+        <v>270</v>
+      </c>
+      <c r="C67" t="s">
         <v>271</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>65</v>
+      </c>
+      <c r="E67" t="s">
         <v>272</v>
       </c>
-      <c r="D67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F67" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="G67" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="H67" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="I67" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J67" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>1053</v>
       </c>
       <c r="B68" t="s">
+        <v>327</v>
+      </c>
+      <c r="C68" t="s">
+        <v>328</v>
+      </c>
+      <c r="D68" t="s">
+        <v>41</v>
+      </c>
+      <c r="E68" t="s">
         <v>329</v>
       </c>
-      <c r="C68" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F68" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="G68" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H68" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>1096</v>
       </c>
       <c r="B69" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="C69" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="D69" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E69" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="F69" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G69" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H69" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I69" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A70">
         <v>1121</v>
       </c>
       <c r="B70" t="s">
+        <v>76</v>
+      </c>
+      <c r="C70" t="s">
         <v>77</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>41</v>
+      </c>
+      <c r="E70" t="s">
         <v>78</v>
       </c>
-      <c r="D70" t="s">
-[...2 lines deleted...]
-      <c r="E70" t="s">
+      <c r="F70" t="s">
         <v>79</v>
       </c>
-      <c r="F70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G70" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H70" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>1125</v>
       </c>
       <c r="B71" t="s">
+        <v>466</v>
+      </c>
+      <c r="C71" t="s">
+        <v>467</v>
+      </c>
+      <c r="D71" t="s">
+        <v>41</v>
+      </c>
+      <c r="E71" t="s">
         <v>468</v>
       </c>
-      <c r="C71" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F71" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="G71" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H71" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>1154</v>
       </c>
       <c r="B72" t="s">
+        <v>247</v>
+      </c>
+      <c r="C72" t="s">
         <v>248</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>41</v>
+      </c>
+      <c r="E72" t="s">
         <v>249</v>
       </c>
-      <c r="D72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F72" t="s">
+        <v>110</v>
+      </c>
+      <c r="G72" t="s">
         <v>111</v>
       </c>
-      <c r="G72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H72" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>1158</v>
       </c>
       <c r="B73" t="s">
+        <v>324</v>
+      </c>
+      <c r="C73" t="s">
         <v>325</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>65</v>
+      </c>
+      <c r="E73" t="s">
         <v>326</v>
       </c>
-      <c r="D73" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F73" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G73" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="H73" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>1159</v>
       </c>
       <c r="B74" t="s">
+        <v>97</v>
+      </c>
+      <c r="C74" t="s">
         <v>98</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>99</v>
       </c>
-      <c r="D74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" t="s">
+        <v>66</v>
+      </c>
+      <c r="F74" t="s">
         <v>67</v>
       </c>
-      <c r="F74" t="s">
+      <c r="G74" t="s">
         <v>68</v>
       </c>
-      <c r="G74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H74" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I74" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A75">
         <v>1161</v>
       </c>
       <c r="B75" t="s">
+        <v>119</v>
+      </c>
+      <c r="C75" t="s">
         <v>120</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>65</v>
+      </c>
+      <c r="E75" t="s">
         <v>121</v>
       </c>
-      <c r="D75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F75" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G75" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="H75" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>1190</v>
       </c>
       <c r="B76" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="C76" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="D76" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E76" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F76" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G76" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H76" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>1200</v>
       </c>
       <c r="B77" t="s">
+        <v>204</v>
+      </c>
+      <c r="C77" t="s">
         <v>205</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>52</v>
+      </c>
+      <c r="E77" t="s">
         <v>206</v>
       </c>
-      <c r="D77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F77" t="s">
+        <v>93</v>
+      </c>
+      <c r="G77" t="s">
         <v>94</v>
       </c>
-      <c r="G77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H77" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>1201</v>
       </c>
       <c r="B78" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C78" t="s">
+        <v>208</v>
+      </c>
+      <c r="D78" t="s">
+        <v>52</v>
+      </c>
+      <c r="E78" t="s">
+        <v>93</v>
+      </c>
+      <c r="F78" t="s">
+        <v>93</v>
+      </c>
+      <c r="G78" t="s">
+        <v>94</v>
+      </c>
+      <c r="H78" t="s">
         <v>209</v>
       </c>
-      <c r="D78" t="s">
-[...15 lines deleted...]
-    <row r="79" spans="1:10">
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A79">
         <v>1204</v>
       </c>
       <c r="B79" t="s">
+        <v>395</v>
+      </c>
+      <c r="C79" t="s">
+        <v>396</v>
+      </c>
+      <c r="D79" t="s">
+        <v>41</v>
+      </c>
+      <c r="E79" t="s">
         <v>397</v>
       </c>
-      <c r="C79" t="s">
+      <c r="F79" t="s">
         <v>398</v>
       </c>
-      <c r="D79" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H79" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="I79" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J79" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>1215</v>
       </c>
       <c r="B80" t="s">
+        <v>244</v>
+      </c>
+      <c r="C80" t="s">
         <v>245</v>
       </c>
-      <c r="C80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D80" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E80" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F80" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G80" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H80" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="81" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>1222</v>
       </c>
       <c r="B81" t="s">
+        <v>256</v>
+      </c>
+      <c r="C81" t="s">
         <v>257</v>
       </c>
-      <c r="C81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E81" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F81" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G81" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H81" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="82" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>1227</v>
       </c>
       <c r="B82" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C82" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D82" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E82" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F82" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G82" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H82" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="83" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>1234</v>
       </c>
       <c r="B83" t="s">
+        <v>438</v>
+      </c>
+      <c r="C83" t="s">
+        <v>439</v>
+      </c>
+      <c r="D83" t="s">
+        <v>41</v>
+      </c>
+      <c r="E83" t="s">
         <v>440</v>
       </c>
-      <c r="C83" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F83" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G83" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H83" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="84" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>1237</v>
       </c>
       <c r="B84" t="s">
+        <v>319</v>
+      </c>
+      <c r="C84" t="s">
         <v>320</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>41</v>
+      </c>
+      <c r="E84" t="s">
+        <v>249</v>
+      </c>
+      <c r="F84" t="s">
+        <v>110</v>
+      </c>
+      <c r="G84" t="s">
+        <v>111</v>
+      </c>
+      <c r="H84" t="s">
+        <v>48</v>
+      </c>
+      <c r="I84" t="s">
         <v>321</v>
       </c>
-      <c r="D84" t="s">
-[...14 lines deleted...]
-      <c r="I84" t="s">
+      <c r="J84" t="s">
         <v>322</v>
       </c>
-      <c r="J84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K84" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="L84" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="M84" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="N84" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="85" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>1286</v>
       </c>
       <c r="B85" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C85" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D85" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E85" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F85" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G85" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H85" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="86" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A86">
         <v>1292</v>
       </c>
       <c r="B86" t="s">
+        <v>400</v>
+      </c>
+      <c r="C86" t="s">
+        <v>401</v>
+      </c>
+      <c r="D86" t="s">
+        <v>52</v>
+      </c>
+      <c r="E86" t="s">
         <v>402</v>
       </c>
-      <c r="C86" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F86" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="G86" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H86" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="87" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>1298</v>
       </c>
       <c r="B87" t="s">
+        <v>233</v>
+      </c>
+      <c r="C87" t="s">
         <v>234</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
+        <v>41</v>
+      </c>
+      <c r="E87" t="s">
         <v>235</v>
       </c>
-      <c r="D87" t="s">
-[...2 lines deleted...]
-      <c r="E87" t="s">
+      <c r="F87" t="s">
         <v>236</v>
       </c>
-      <c r="F87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G87" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H87" t="s">
+        <v>69</v>
+      </c>
+      <c r="I87" t="s">
         <v>70</v>
       </c>
-      <c r="I87" t="s">
-[...3 lines deleted...]
-    <row r="88" spans="1:14">
+    </row>
+    <row r="88" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>1300</v>
       </c>
       <c r="B88" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C88" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="D88" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E88" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F88" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G88" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H88" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="89" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>1304</v>
       </c>
       <c r="B89" t="s">
+        <v>60</v>
+      </c>
+      <c r="C89" t="s">
         <v>61</v>
       </c>
-      <c r="C89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D89" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E89" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F89" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G89" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H89" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:14">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="90" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A90">
         <v>1322</v>
       </c>
       <c r="B90" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="C90" t="s">
+        <v>289</v>
+      </c>
+      <c r="D90" t="s">
+        <v>41</v>
+      </c>
+      <c r="E90" t="s">
         <v>290</v>
       </c>
-      <c r="D90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F90" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="G90" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H90" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="91" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>1326</v>
       </c>
       <c r="B91" t="s">
+        <v>285</v>
+      </c>
+      <c r="C91" t="s">
         <v>286</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
+        <v>41</v>
+      </c>
+      <c r="E91" t="s">
         <v>287</v>
       </c>
-      <c r="D91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F91" t="s">
+        <v>22</v>
+      </c>
+      <c r="G91" t="s">
         <v>23</v>
       </c>
-      <c r="G91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H91" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="92" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A92">
         <v>1341</v>
       </c>
       <c r="B92" t="s">
+        <v>135</v>
+      </c>
+      <c r="C92" t="s">
         <v>136</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
+        <v>52</v>
+      </c>
+      <c r="E92" t="s">
         <v>137</v>
       </c>
-      <c r="D92" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F92" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G92" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H92" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="93" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A93">
         <v>1343</v>
       </c>
       <c r="B93" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C93" t="s">
+        <v>139</v>
+      </c>
+      <c r="D93" t="s">
+        <v>52</v>
+      </c>
+      <c r="E93" t="s">
         <v>140</v>
       </c>
-      <c r="D93" t="s">
-[...2 lines deleted...]
-      <c r="E93" t="s">
+      <c r="F93" t="s">
+        <v>79</v>
+      </c>
+      <c r="G93" t="s">
+        <v>23</v>
+      </c>
+      <c r="H93" t="s">
         <v>141</v>
       </c>
-      <c r="F93" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I93" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J93" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="K93" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="94" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>1349</v>
       </c>
       <c r="B94" t="s">
+        <v>414</v>
+      </c>
+      <c r="C94" t="s">
+        <v>415</v>
+      </c>
+      <c r="D94" t="s">
+        <v>41</v>
+      </c>
+      <c r="E94" t="s">
         <v>416</v>
       </c>
-      <c r="C94" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F94" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="G94" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H94" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I94" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J94" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="K94" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:14">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="95" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A95">
         <v>1350</v>
       </c>
       <c r="B95" t="s">
+        <v>470</v>
+      </c>
+      <c r="C95" t="s">
+        <v>471</v>
+      </c>
+      <c r="D95" t="s">
+        <v>52</v>
+      </c>
+      <c r="E95" t="s">
         <v>472</v>
       </c>
-      <c r="C95" t="s">
+      <c r="F95" t="s">
         <v>473</v>
       </c>
-      <c r="D95" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G95" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H95" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:14">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="96" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A96">
         <v>1392</v>
       </c>
       <c r="B96" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C96" t="s">
+        <v>143</v>
+      </c>
+      <c r="D96" t="s">
+        <v>52</v>
+      </c>
+      <c r="E96" t="s">
         <v>144</v>
       </c>
-      <c r="D96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F96" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G96" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H96" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I96" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:13">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A97">
         <v>1396</v>
       </c>
       <c r="B97" t="s">
+        <v>39</v>
+      </c>
+      <c r="C97" t="s">
         <v>40</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>41</v>
       </c>
-      <c r="D97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F97" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G97" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H97" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:13">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A98">
         <v>1405</v>
       </c>
       <c r="B98" t="s">
+        <v>81</v>
+      </c>
+      <c r="C98" t="s">
         <v>82</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>41</v>
+      </c>
+      <c r="E98" t="s">
         <v>83</v>
       </c>
-      <c r="D98" t="s">
-[...2 lines deleted...]
-      <c r="E98" t="s">
+      <c r="F98" t="s">
+        <v>29</v>
+      </c>
+      <c r="G98" t="s">
+        <v>29</v>
+      </c>
+      <c r="H98" t="s">
+        <v>48</v>
+      </c>
+      <c r="I98" t="s">
         <v>84</v>
       </c>
-      <c r="F98" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J98" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:13">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>1417</v>
       </c>
       <c r="B99" t="s">
+        <v>241</v>
+      </c>
+      <c r="C99" t="s">
         <v>242</v>
       </c>
-      <c r="C99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D99" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E99" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F99" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G99" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H99" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:13">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A100">
         <v>1434</v>
       </c>
       <c r="B100" t="s">
+        <v>90</v>
+      </c>
+      <c r="C100" t="s">
         <v>91</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
+        <v>41</v>
+      </c>
+      <c r="E100" t="s">
         <v>92</v>
       </c>
-      <c r="D100" t="s">
-[...2 lines deleted...]
-      <c r="E100" t="s">
+      <c r="F100" t="s">
         <v>93</v>
       </c>
-      <c r="F100" t="s">
+      <c r="G100" t="s">
         <v>94</v>
       </c>
-      <c r="G100" t="s">
+      <c r="H100" t="s">
         <v>95</v>
       </c>
-      <c r="H100" t="s">
-[...3 lines deleted...]
-    <row r="101" spans="1:13">
+    </row>
+    <row r="101" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>1463</v>
       </c>
       <c r="B101" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="C101" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D101" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E101" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F101" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G101" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H101" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I101" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:13">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A102">
         <v>1466</v>
       </c>
       <c r="B102" t="s">
+        <v>228</v>
+      </c>
+      <c r="C102" t="s">
         <v>229</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
+        <v>41</v>
+      </c>
+      <c r="E102" t="s">
         <v>230</v>
       </c>
-      <c r="D102" t="s">
-[...2 lines deleted...]
-      <c r="E102" t="s">
+      <c r="F102" t="s">
         <v>231</v>
       </c>
-      <c r="F102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G102" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H102" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:13">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>1474</v>
       </c>
       <c r="B103" t="s">
+        <v>50</v>
+      </c>
+      <c r="C103" t="s">
         <v>51</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>52</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" t="s">
         <v>53</v>
       </c>
-      <c r="E103" t="s">
+      <c r="F103" t="s">
         <v>54</v>
       </c>
-      <c r="F103" t="s">
+      <c r="G103" t="s">
+        <v>23</v>
+      </c>
+      <c r="H103" t="s">
         <v>55</v>
       </c>
-      <c r="G103" t="s">
-[...6 lines deleted...]
-    <row r="104" spans="1:13">
+    </row>
+    <row r="104" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>1475</v>
       </c>
       <c r="B104" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C104" t="s">
+        <v>195</v>
+      </c>
+      <c r="D104" t="s">
+        <v>52</v>
+      </c>
+      <c r="E104" t="s">
         <v>196</v>
       </c>
-      <c r="D104" t="s">
-[...2 lines deleted...]
-      <c r="E104" t="s">
+      <c r="F104" t="s">
+        <v>193</v>
+      </c>
+      <c r="G104" t="s">
+        <v>94</v>
+      </c>
+      <c r="H104" t="s">
+        <v>95</v>
+      </c>
+      <c r="I104" t="s">
         <v>197</v>
       </c>
-      <c r="F104" t="s">
-[...8 lines deleted...]
-      <c r="I104" t="s">
+      <c r="J104" t="s">
         <v>198</v>
       </c>
-      <c r="J104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K104" t="s">
+        <v>69</v>
+      </c>
+      <c r="L104" t="s">
+        <v>71</v>
+      </c>
+      <c r="M104" t="s">
         <v>70</v>
       </c>
-      <c r="L104" t="s">
-[...6 lines deleted...]
-    <row r="105" spans="1:13">
+    </row>
+    <row r="105" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>1485</v>
       </c>
       <c r="B105" t="s">
+        <v>73</v>
+      </c>
+      <c r="C105" t="s">
         <v>74</v>
       </c>
-      <c r="C105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D105" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E105" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F105" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G105" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H105" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:13">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>1507</v>
       </c>
       <c r="B106" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C106" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="D106" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E106" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F106" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G106" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H106" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:13">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>1527</v>
       </c>
       <c r="B107" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="C107" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D107" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E107" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="F107" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="G107" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H107" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:13">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>1539</v>
       </c>
       <c r="B108" t="s">
+        <v>164</v>
+      </c>
+      <c r="C108" t="s">
         <v>165</v>
       </c>
-      <c r="C108" t="s">
+      <c r="D108" t="s">
+        <v>52</v>
+      </c>
+      <c r="E108" t="s">
         <v>166</v>
       </c>
-      <c r="D108" t="s">
-[...2 lines deleted...]
-      <c r="E108" t="s">
+      <c r="F108" t="s">
         <v>167</v>
       </c>
-      <c r="F108" t="s">
+      <c r="G108" t="s">
+        <v>122</v>
+      </c>
+      <c r="H108" t="s">
+        <v>30</v>
+      </c>
+      <c r="I108" t="s">
         <v>168</v>
       </c>
-      <c r="G108" t="s">
-[...9 lines deleted...]
-    <row r="109" spans="1:13">
+    </row>
+    <row r="109" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>1551</v>
       </c>
       <c r="B109" t="s">
+        <v>278</v>
+      </c>
+      <c r="C109" t="s">
         <v>279</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
         <v>280</v>
       </c>
-      <c r="D109" t="s">
-[...2 lines deleted...]
-      <c r="E109" t="s">
+      <c r="F109" t="s">
         <v>281</v>
       </c>
-      <c r="F109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G109" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H109" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I109" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="J109" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:13">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A110">
         <v>1562</v>
       </c>
       <c r="B110" t="s">
+        <v>331</v>
+      </c>
+      <c r="C110" t="s">
+        <v>332</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
         <v>333</v>
       </c>
-      <c r="C110" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F110" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="G110" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H110" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:13">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A111">
         <v>1567</v>
       </c>
       <c r="B111" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C111" t="s">
+        <v>57</v>
+      </c>
+      <c r="D111" t="s">
+        <v>52</v>
+      </c>
+      <c r="E111" t="s">
         <v>58</v>
       </c>
-      <c r="D111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F111" t="s">
+        <v>54</v>
+      </c>
+      <c r="G111" t="s">
+        <v>23</v>
+      </c>
+      <c r="H111" t="s">
         <v>55</v>
       </c>
-      <c r="G111" t="s">
-[...6 lines deleted...]
-    <row r="112" spans="1:13">
+    </row>
+    <row r="112" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A112">
         <v>1573</v>
       </c>
       <c r="B112" t="s">
+        <v>461</v>
+      </c>
+      <c r="C112" t="s">
+        <v>462</v>
+      </c>
+      <c r="D112" t="s">
+        <v>41</v>
+      </c>
+      <c r="E112" t="s">
         <v>463</v>
       </c>
-      <c r="C112" t="s">
+      <c r="F112" t="s">
         <v>464</v>
       </c>
-      <c r="D112" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G112" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H112" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I112" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A113">
         <v>1576</v>
       </c>
       <c r="B113" t="s">
+        <v>34</v>
+      </c>
+      <c r="C113" t="s">
         <v>35</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
         <v>36</v>
       </c>
-      <c r="D113" t="s">
-[...2 lines deleted...]
-      <c r="E113" t="s">
+      <c r="F113" t="s">
+        <v>29</v>
+      </c>
+      <c r="G113" t="s">
+        <v>29</v>
+      </c>
+      <c r="H113" t="s">
         <v>37</v>
       </c>
-      <c r="F113" t="s">
-[...9 lines deleted...]
-    <row r="114" spans="1:10">
+    </row>
+    <row r="114" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A114">
         <v>1611</v>
       </c>
       <c r="B114" t="s">
+        <v>262</v>
+      </c>
+      <c r="C114" t="s">
         <v>263</v>
       </c>
-      <c r="C114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D114" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E114" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F114" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G114" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H114" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A115">
         <v>1627</v>
       </c>
       <c r="B115" t="s">
+        <v>376</v>
+      </c>
+      <c r="C115" t="s">
+        <v>377</v>
+      </c>
+      <c r="D115" t="s">
+        <v>41</v>
+      </c>
+      <c r="E115" t="s">
         <v>378</v>
       </c>
-      <c r="C115" t="s">
+      <c r="F115" t="s">
         <v>379</v>
       </c>
-      <c r="D115" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G115" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H115" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="I115" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J115" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A116">
         <v>1691</v>
       </c>
       <c r="B116" t="s">
+        <v>125</v>
+      </c>
+      <c r="C116" t="s">
         <v>126</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116" t="s">
+        <v>41</v>
+      </c>
+      <c r="E116" t="s">
         <v>127</v>
       </c>
-      <c r="D116" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F116" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G116" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H116" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A117">
         <v>1714</v>
       </c>
       <c r="B117" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="C117" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D117" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E117" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="F117" t="s">
+        <v>29</v>
+      </c>
+      <c r="G117" t="s">
+        <v>29</v>
+      </c>
+      <c r="H117" t="s">
+        <v>31</v>
+      </c>
+      <c r="I117" t="s">
         <v>30</v>
       </c>
-      <c r="G117" t="s">
-[...2 lines deleted...]
-      <c r="H117" t="s">
+      <c r="J117" t="s">
         <v>32</v>
       </c>
-      <c r="I117" t="s">
-[...6 lines deleted...]
-    <row r="118" spans="1:10">
+    </row>
+    <row r="118" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A118">
         <v>1718</v>
       </c>
       <c r="B118" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="C118" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="D118" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E118" t="s">
+        <v>46</v>
+      </c>
+      <c r="F118" t="s">
+        <v>46</v>
+      </c>
+      <c r="G118" t="s">
         <v>47</v>
       </c>
-      <c r="F118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H118" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A119">
         <v>1731</v>
       </c>
       <c r="B119" t="s">
+        <v>364</v>
+      </c>
+      <c r="C119" t="s">
+        <v>365</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
         <v>366</v>
       </c>
-      <c r="C119" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F119" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="G119" t="s">
+        <v>23</v>
+      </c>
+      <c r="H119" t="s">
         <v>24</v>
       </c>
-      <c r="H119" t="s">
-[...3 lines deleted...]
-    <row r="120" spans="1:10">
+    </row>
+    <row r="120" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A120">
         <v>1733</v>
       </c>
       <c r="B120" t="s">
+        <v>200</v>
+      </c>
+      <c r="C120" t="s">
         <v>201</v>
       </c>
-      <c r="C120" t="s">
+      <c r="D120" t="s">
+        <v>52</v>
+      </c>
+      <c r="E120" t="s">
         <v>202</v>
       </c>
-      <c r="D120" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F120" t="s">
+        <v>46</v>
+      </c>
+      <c r="G120" t="s">
         <v>47</v>
       </c>
-      <c r="G120" t="s">
+      <c r="H120" t="s">
+        <v>69</v>
+      </c>
+      <c r="I120" t="s">
         <v>48</v>
       </c>
-      <c r="H120" t="s">
-[...6 lines deleted...]
-    <row r="121" spans="1:10">
+    </row>
+    <row r="121" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A121">
         <v>1750</v>
       </c>
       <c r="B121" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C121" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D121" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E121" t="s">
+        <v>46</v>
+      </c>
+      <c r="F121" t="s">
+        <v>46</v>
+      </c>
+      <c r="G121" t="s">
         <v>47</v>
       </c>
-      <c r="F121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H121" t="s">
+        <v>69</v>
+      </c>
+      <c r="I121" t="s">
+        <v>141</v>
+      </c>
+      <c r="J121" t="s">
         <v>70</v>
       </c>
-      <c r="I121" t="s">
-[...6 lines deleted...]
-    <row r="122" spans="1:10">
+    </row>
+    <row r="122" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A122">
         <v>1757</v>
       </c>
       <c r="B122" t="s">
+        <v>386</v>
+      </c>
+      <c r="C122" t="s">
+        <v>387</v>
+      </c>
+      <c r="D122" t="s">
+        <v>65</v>
+      </c>
+      <c r="E122" t="s">
         <v>388</v>
       </c>
-      <c r="C122" t="s">
+      <c r="F122" t="s">
         <v>389</v>
       </c>
-      <c r="D122" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G122" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="H122" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A123">
         <v>1771</v>
       </c>
       <c r="B123" t="s">
+        <v>478</v>
+      </c>
+      <c r="C123" t="s">
+        <v>479</v>
+      </c>
+      <c r="D123" t="s">
+        <v>65</v>
+      </c>
+      <c r="E123" t="s">
         <v>480</v>
       </c>
-      <c r="C123" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F123" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G123" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="H123" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A124">
         <v>1815</v>
       </c>
       <c r="B124" t="s">
+        <v>300</v>
+      </c>
+      <c r="C124" t="s">
         <v>301</v>
       </c>
-      <c r="C124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D124" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E124" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F124" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G124" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H124" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I124" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J124" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A125">
         <v>1858</v>
       </c>
       <c r="B125" t="s">
+        <v>312</v>
+      </c>
+      <c r="C125" t="s">
         <v>313</v>
       </c>
-      <c r="C125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D125" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="F125" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="G125" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H125" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A126">
         <v>2173</v>
       </c>
       <c r="B126" t="s">
+        <v>360</v>
+      </c>
+      <c r="C126" t="s">
+        <v>361</v>
+      </c>
+      <c r="D126" t="s">
+        <v>52</v>
+      </c>
+      <c r="E126" t="s">
         <v>362</v>
       </c>
-      <c r="C126" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F126" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="G126" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H126" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:Q126">
     <sortCondition ref="A3:A126"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <conditionalFormatting sqref="H3:Q126">
-    <cfRule type="expression" dxfId="10" priority="1">
+    <cfRule type="expression" dxfId="2" priority="1">
       <formula>H3&lt;&gt;#REF!</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="3" id="{CDE221E1-A45F-42CF-9CC7-03238D915C61}">
             <xm:f>B3&lt;&gt;'Bond R 1 Conditional Awardees'!B3</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFFF00"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>B3:G40</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="6" id="{CDE221E1-A45F-42CF-9CC7-03238D915C61}">
             <xm:f>B41&lt;&gt;'Bond R 1 Conditional Awardees'!#REF!</xm:f>
             <x14:dxf>
               <fill>
@@ -11184,275 +11155,270 @@
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="5" id="{CDE221E1-A45F-42CF-9CC7-03238D915C61}">
             <xm:f>B42&lt;&gt;'Bond R 1 Conditional Awardees'!B41</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFFF00"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>B42:G51</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="9" id="{CDE221E1-A45F-42CF-9CC7-03238D915C61}">
             <xm:f>B53&lt;&gt;'Bond R 1 Conditional Awardees'!B51</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFFF00"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
-          <xm:sqref>B53:G89</xm:sqref>
+          <xm:sqref>B53:G76</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="19" id="{CDE221E1-A45F-42CF-9CC7-03238D915C61}">
             <xm:f>B90&lt;&gt;'Bond R 1 Conditional Awardees'!#REF!</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFFF00"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>B90:G90</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="18" id="{CDE221E1-A45F-42CF-9CC7-03238D915C61}">
-            <xm:f>B91&lt;&gt;'Bond R 1 Conditional Awardees'!B88</xm:f>
+            <xm:f>B91&lt;&gt;'Bond R 1 Conditional Awardees'!B87</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFFF00"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>B91:G94</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="14" id="{CDE221E1-A45F-42CF-9CC7-03238D915C61}">
             <xm:f>B95&lt;&gt;'Bond R 1 Conditional Awardees'!#REF!</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFFF00"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>B95:G95</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="13" id="{CDE221E1-A45F-42CF-9CC7-03238D915C61}">
-            <xm:f>B96&lt;&gt;'Bond R 1 Conditional Awardees'!B92</xm:f>
+            <xm:f>B96&lt;&gt;'Bond R 1 Conditional Awardees'!B91</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFFF00"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>B96:G114</xm:sqref>
-        </x14:conditionalFormatting>
-[...11 lines deleted...]
-          <xm:sqref>B116:G126</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="26" id="{CDE221E1-A45F-42CF-9CC7-03238D915C61}">
             <xm:f>B115&lt;&gt;'Bond R 1 Conditional Awardees'!#REF!</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFFF00"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>B115:G115</xm:sqref>
+        </x14:conditionalFormatting>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="expression" priority="25" id="{CDE221E1-A45F-42CF-9CC7-03238D915C61}">
+            <xm:f>B116&lt;&gt;'Bond R 1 Conditional Awardees'!B110</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor rgb="FFFFFF00"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>B116:G126</xm:sqref>
+        </x14:conditionalFormatting>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="expression" priority="30" id="{CDE221E1-A45F-42CF-9CC7-03238D915C61}">
+            <xm:f>B78&lt;&gt;'Bond R 1 Conditional Awardees'!B75</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor rgb="FFFFFF00"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>B78:G89</xm:sqref>
+        </x14:conditionalFormatting>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="expression" priority="31" id="{CDE221E1-A45F-42CF-9CC7-03238D915C61}">
+            <xm:f>B77&lt;&gt;'Bond R 1 Conditional Awardees'!#REF!</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor rgb="FFFFFF00"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>B77:G77</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Workstream xmlns="5cecd57f-0617-4c59-b8b2-8b4184d3c17d" xsi:nil="true"/>
+    <OpenorCompleted_x002f_Closed xmlns="5cecd57f-0617-4c59-b8b2-8b4184d3c17d">Open</OpenorCompleted_x002f_Closed>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " b d 7 c c 1 e 1 - 5 f 7 1 - 4 a 2 2 - 9 f c 9 - 1 9 b 7 5 1 9 d f 8 6 3 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A J E E A A B Q S w M E F A A C A A g A / W 2 s W i L k O f y j A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n h a q J I Z + y c C u J C d G 4 b W q F R v g Y W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A b m j q 4 6 M 6 a F l M S 0 4 g E G l V 7 M F i m p H f H c E k y A R u p T r L U w S i j T Q Z 7 S E n l 3 D l h z H t P / Y y 2 X c l 4 F M V s n 6 8 L V e l G k o 9 s / s u h Q e s k K k 0 E 7 F 5 j B K f x n F O + G D c B m y D k B r 8 C H 7 t n + w N h 1 d e u 7 7 T Q G G 4 L Y F M E 9 v 4 g H l B L A w Q U A A I A C A D 9 b a x a D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A / W 2 s W q w g 9 W y M A Q A A K g Q A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A L V S w W r C Q B C 9 C / 7 D s l 4 U 0 o B Q e p E e b L R U a F W M p Q f x s C Z r 3 J r M y u 5 G t M F / 7 y S x 0 T Z J L 6 U 5 G H z z 5 s 3 L m 9 H c M 0 I C c f N 3 t 9 d s N B t 6 w x T 3 y Z y t Q t 4 l 9 y T k p t k g + L g y V h 5 H Z H j w e G g 7 s V I c z J t U 2 5 W U 2 3 Y n W Y x Z x O 9 p 3 k m X p 4 U j w S B l a e U C L e p s G A S p + H H H K S p l V H u u G O i 1 V J E j w z i C t K j b + T Q r S e j I R w 2 x F h 7 L z I 7 j a M U V t Y h B H j H 8 Y E 4 W S W h / t y O j A c I j M H e 3 d i q S 4 U P s N U e S W i v 1 D J 4 c l 0 x U w E B 8 n M W r a F M l 3 z G h 6 u J Z P / u i u k Y H G f V F G U N F e c Y D N F S C H 5 k n w t q B D 9 z X 5 Q j c U B r 9 x Y U s v m s H u I 8 R + G I v / J i F G o 9 B 7 R H q A + D f 8 I g 1 w o B M Y r P D i H A T S D B G Q P B 9 z q l T L H n G I 5 k q 5 N v U l z 3 n h T P c / n E N V u G + 8 P t X g 1 e e p m I v T e H p Y i n D 2 7 + c Y f l z M L m r N V R c I 2 Z L O d y 8 u r R j k W e h j T 3 A H w H e P w 5 a t E r M J U 6 v a C 9 d U O b w h R 0 6 z Y a A m r x 6 n 1 B L A Q I t A B Q A A g A I A P 1 t r F o i 5 D n 8 o w A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D 9 b a x a D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D v A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A P 1 t r F q s I P V s j A E A A C o E A A A T A A A A A A A A A A A A A A A A A O A B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A L k D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p A S A A A A A A A A b h I A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n M 3 M j h k Y m I x M y 0 z M m M y L T Q 3 M z Y t O T Z l Z C 1 i N z B l N D Z m Y T A 3 N G E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h d m l n Y X R p b 2 5 T d G V w T m F t Z S I g V m F s d W U 9 I n N O Y X Z p Z 2 F 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w x M j Q i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D U t M T J U M T c 6 M D c 6 M z g u O T c w O T g 3 N F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 0 1 H Q m d Z R 0 J n W U d C Z 1 l H Q m d Z R 0 J n W U c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 S W R l b n R p Z m l j Y X R p b 2 4 g T n V t Y m V y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 F w c C B J R C Z x d W 9 0 O y w m c X V v d D t F b n R p d H k g T m F t Z S Z x d W 9 0 O y w m c X V v d D t E S E N T I E 9 y Z 2 F u a X p h d G l v b i B O Y W 1 l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B y b 2 p l Y 3 Q g T m F t Z S Z x d W 9 0 O y w m c X V v d D t F b n R p d H k g V H l w Z S Z x d W 9 0 O y w m c X V v d D t Q c m 9 q Z W N 0 I E N p d H k m c X V v d D s s J n F 1 b 3 Q 7 U H J v a m V j d C B D b 3 V u d H k m c X V v d D s s J n F 1 b 3 Q 7 U m V n a W 9 u J n F 1 b 3 Q 7 L C Z x d W 9 0 O z E m c X V v d D s s J n F 1 b 3 Q 7 M i Z x d W 9 0 O y w m c X V v d D s z J n F 1 b 3 Q 7 L C Z x d W 9 0 O z Q m c X V v d D s s J n F 1 b 3 Q 7 N S Z x d W 9 0 O y w m c X V v d D s 2 J n F 1 b 3 Q 7 L C Z x d W 9 0 O z c m c X V v d D s s J n F 1 b 3 Q 7 O C Z x d W 9 0 O y w m c X V v d D s 5 J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T g s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Z G V u d G l m a W N h d G l v b i B O d W 1 i Z X I s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F w c C B J R C w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W 5 0 a X R 5 I E 5 h b W U s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 R I Q 1 M g T 3 J n Y W 5 p e m F 0 a W 9 u I E 5 h b W U s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 p l Y 3 Q g T m F t Z S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W 5 0 a X R 5 I F R 5 c G U s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 p l Y 3 Q g Q 2 l 0 e S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v a m V j d C B D b 3 V u d H k s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l Z 2 l v b i w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M i w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n s 0 L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N S w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z Y s M T R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n s 3 L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O C w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z k s M T d 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x O C w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S W R l b n R p Z m l j Y X R p b 2 4 g T n V t Y m V y L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t B c H A g S U Q s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V u d G l 0 e S B O Y W 1 l L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t E S E N T I E 9 y Z 2 F u a X p h d G l v b i B O Y W 1 l L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 q Z W N 0 I E 5 h b W U s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V u d G l 0 e S B U e X B l L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 q Z W N 0 I E N p d H k s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 p l Y 3 Q g Q 2 9 1 b n R 5 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W d p b 2 4 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z E s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z I s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n s z L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N C w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z U s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n s 2 L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z g s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n s 5 L D E 3 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V G F i b G U x L 0 N o Y W 5 n Z W Q l M j B U e X B l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V G F i b G U x L 1 J l b W 9 2 Z W Q l M j B D b 2 x 1 b W 5 z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V G F i b G U x L 1 B p d m 9 0 Z W Q l M j B D b 2 x 1 b W 4 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A R U L n 5 g w J q E W k 6 Q I A s f + 1 G A A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A C e 4 O J L U V 2 3 n n S 0 r Q 7 b u O 7 9 3 8 H u / p U z j x w T B 6 L c j V w / f Q A A A A A O g A A A A A I A A C A A A A A H w b E 9 u + e d L q f d x B x R c + 1 v F Y 7 p P j G R I C I A c J 0 j X C O y F 1 A A A A D 7 2 2 N R 0 w 8 b t U X w b X G x n a F m p 0 a B 5 6 O 0 / / I l k J q 0 f h N s B t C y f s G O 7 z x J O m X a a T W 6 j K f B Z O w s 8 S L I 1 t T J 2 C J e n L C f I r 7 / w T X i 3 N u L h Z m u l f V U A k A A A A A 8 R N E N W l J g S I t q W 7 R a c p K r J L 1 6 G P v 8 Z X u E X d R 7 F 6 0 L L u w j m A S t 9 / + L A u r 7 k 0 z 3 s I w u Q t H P l e b x s s 2 o v U 2 k I 2 v f < / D a t a M a s h u p > 
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " b d 7 c c 1 e 1 - 5 f 7 1 - 4 a 2 2 - 9 f c 9 - 1 9 b 7 5 1 9 d f 8 6 3 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A J E E A A B Q S w M E F A A C A A g A / W 2 s W i L k O f y j A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n h a q J I Z + y c C u J C d G 4 b W q F R v g Y W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A b m j q 4 6 M 6 a F l M S 0 4 g E G l V 7 M F i m p H f H c E k y A R u p T r L U w S i j T Q Z 7 S E n l 3 D l h z H t P / Y y 2 X c l 4 F M V s n 6 8 L V e l G k o 9 s / s u h Q e s k K k 0 E 7 F 5 j B K f x n F O + G D c B m y D k B r 8 C H 7 t n + w N h 1 d e u 7 7 T Q G G 4 L Y F M E 9 v 4 g H l B L A w Q U A A I A C A D 9 b a x a D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A / W 2 s W q w g 9 W y M A Q A A K g Q A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A L V S w W r C Q B C 9 C / 7 D s l 4 U 0 o B Q e p E e b L R U a F W M p Q f x s C Z r 3 J r M y u 5 G t M F / 7 y S x 0 T Z J L 6 U 5 G H z z 5 s 3 L m 9 H c M 0 I C c f N 3 t 9 d s N B t 6 w x T 3 y Z y t Q t 4 l 9 y T k p t k g + L g y V h 5 H Z H j w e G g 7 s V I c z J t U 2 5 W U 2 3 Y n W Y x Z x O 9 p 3 k m X p 4 U j w S B l a e U C L e p s G A S p + H H H K S p l V H u u G O i 1 V J E j w z i C t K j b + T Q r S e j I R w 2 x F h 7 L z I 7 j a M U V t Y h B H j H 8 Y E 4 W S W h / t y O j A c I j M H e 3 d i q S 4 U P s N U e S W i v 1 D J 4 c l 0 x U w E B 8 n M W r a F M l 3 z G h 6 u J Z P / u i u k Y H G f V F G U N F e c Y D N F S C H 5 k n w t q B D 9 z X 5 Q j c U B r 9 x Y U s v m s H u I 8 R + G I v / J i F G o 9 B 7 R H q A + D f 8 I g 1 w o B M Y r P D i H A T S D B G Q P B 9 z q l T L H n G I 5 k q 5 N v U l z 3 n h T P c / n E N V u G + 8 P t X g 1 e e p m I v T e H p Y i n D 2 7 + c Y f l z M L m r N V R c I 2 Z L O d y 8 u r R j k W e h j T 3 A H w H e P w 5 a t E r M J U 6 v a C 9 d U O b w h R 0 6 z Y a A m r x 6 n 1 B L A Q I t A B Q A A g A I A P 1 t r F o i 5 D n 8 o w A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D 9 b a x a D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D v A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A P 1 t r F q s I P V s j A E A A C o E A A A T A A A A A A A A A A A A A A A A A O A B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A L k D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p A S A A A A A A A A b h I A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n M 3 M j h k Y m I x M y 0 z M m M y L T Q 3 M z Y t O T Z l Z C 1 i N z B l N D Z m Y T A 3 N G E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h d m l n Y X R p b 2 5 T d G V w T m F t Z S I g V m F s d W U 9 I n N O Y X Z p Z 2 F 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w x M j Q i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D U t M T J U M T c 6 M D c 6 M z g u O T c w O T g 3 N F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 0 1 H Q m d Z R 0 J n W U d C Z 1 l H Q m d Z R 0 J n W U c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 S W R l b n R p Z m l j Y X R p b 2 4 g T n V t Y m V y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 F w c C B J R C Z x d W 9 0 O y w m c X V v d D t F b n R p d H k g T m F t Z S Z x d W 9 0 O y w m c X V v d D t E S E N T I E 9 y Z 2 F u a X p h d G l v b i B O Y W 1 l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B y b 2 p l Y 3 Q g T m F t Z S Z x d W 9 0 O y w m c X V v d D t F b n R p d H k g V H l w Z S Z x d W 9 0 O y w m c X V v d D t Q c m 9 q Z W N 0 I E N p d H k m c X V v d D s s J n F 1 b 3 Q 7 U H J v a m V j d C B D b 3 V u d H k m c X V v d D s s J n F 1 b 3 Q 7 U m V n a W 9 u J n F 1 b 3 Q 7 L C Z x d W 9 0 O z E m c X V v d D s s J n F 1 b 3 Q 7 M i Z x d W 9 0 O y w m c X V v d D s z J n F 1 b 3 Q 7 L C Z x d W 9 0 O z Q m c X V v d D s s J n F 1 b 3 Q 7 N S Z x d W 9 0 O y w m c X V v d D s 2 J n F 1 b 3 Q 7 L C Z x d W 9 0 O z c m c X V v d D s s J n F 1 b 3 Q 7 O C Z x d W 9 0 O y w m c X V v d D s 5 J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T g s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J Z G V u d G l m a W N h d G l v b i B O d W 1 i Z X I s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F w c C B J R C w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W 5 0 a X R 5 I E 5 h b W U s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 R I Q 1 M g T 3 J n Y W 5 p e m F 0 a W 9 u I E 5 h b W U s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 p l Y 3 Q g T m F t Z S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W 5 0 a X R 5 I F R 5 c G U s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 p l Y 3 Q g Q 2 l 0 e S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H J v a m V j d C B D b 3 V u d H k s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l Z 2 l v b i w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M i w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n s 0 L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N S w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z Y s M T R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n s 3 L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O C w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z k s M T d 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x O C w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S W R l b n R p Z m l j Y X R p b 2 4 g T n V t Y m V y L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t B c H A g S U Q s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V u d G l 0 e S B O Y W 1 l L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t E S E N T I E 9 y Z 2 F u a X p h d G l v b i B O Y W 1 l L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 q Z W N 0 I E 5 h b W U s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V u d G l 0 e S B U e X B l L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q c m 9 q Z W N 0 I E N p d H k s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B y b 2 p l Y 3 Q g Q 2 9 1 b n R 5 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W d p b 2 4 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z E s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z I s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n s z L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N C w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z U s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n s 2 L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z g s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n s 5 L D E 3 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V G F i b G U x L 0 N o Y W 5 n Z W Q l M j B U e X B l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V G F i b G U x L 1 J l b W 9 2 Z W Q l M j B D b 2 x 1 b W 5 z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V G F i b G U x L 1 B p d m 9 0 Z W Q l M j B D b 2 x 1 b W 4 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A R U L n 5 g w J q E W k 6 Q I A s f + 1 G A A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A C e 4 O J L U V 2 3 n n S 0 r Q 7 b u O 7 9 3 8 H u / p U z j x w T B 6 L c j V w / f Q A A A A A O g A A A A A I A A C A A A A A H w b E 9 u + e d L q f d x B x R c + 1 v F Y 7 p P j G R I C I A c J 0 j X C O y F 1 A A A A D 7 2 2 N R 0 w 8 b t U X w b X G x n a F m p 0 a B 5 6 O 0 / / I l k J q 0 f h N s B t C y f s G O 7 z x J O m X a a T W 6 j K f B Z O w s 8 S L I 1 t T J 2 C J e n L C f I r 7 / w T X i 3 N u L h Z m u l f V U A k A A A A A 8 R N E N W l J g S I t q W 7 R a c p K r J L 1 6 G P v 8 Z X u E X d R 7 F 6 0 L L u w j m A S t 9 / + L A u r 7 k 0 z 3 s I w u Q t H P l e b x s s 2 o v U 2 k I 2 v f < / D a t a M a s h u p > 
-[...12 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010068CEFA5943E34C4CA14697DD691E5B21" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="450e51c165a42566e3dc63329cb320b1">
-[...2 lines deleted...]
-    <xsd:import namespace="5906f49a-7fb3-4e7a-a92c-4050ada72103"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B6E40F1201D4E147B4ADB3564DB2DBB6" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="17b302445f045e89085e7142ebeba9bd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5cecd57f-0617-4c59-b8b2-8b4184d3c17d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1ee368bdafb2814c9f152fcf06c63def" ns2:_="">
+    <xsd:import namespace="5cecd57f-0617-4c59-b8b2-8b4184d3c17d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-[...5 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:Workstream" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:OpenorCompleted_x002f_Closed" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1325bbed-0c21-4f1d-b402-782021379086" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5cecd57f-0617-4c59-b8b2-8b4184d3c17d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="96261d05-e501-45f7-9370-2ec59333d0d2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="Workstream" ma:index="12" nillable="true" ma:displayName="Workstream" ma:format="Dropdown" ma:indexed="true" ma:internalName="Workstream">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
-[...5 lines deleted...]
-          <xsd:maxLength value="255"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Data Governance"/>
+          <xsd:enumeration value="Methodology"/>
+          <xsd:enumeration value="Data Engineering/Architecture"/>
+          <xsd:enumeration value="Data Management"/>
+          <xsd:enumeration value="Data Analysis"/>
+          <xsd:enumeration value="Reporting"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="OpenorCompleted_x002f_Closed" ma:index="14" nillable="true" ma:displayName="Open or Completed/Closed" ma:default="Open" ma:format="Dropdown" ma:internalName="OpenorCompleted_x002f_Closed">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Open"/>
+          <xsd:enumeration value="Completed and closed"/>
+        </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...18 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -11511,76 +11477,131 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{326B920C-5E34-451B-BADC-CA90BD2D410B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{210D6A7A-8882-42C4-944E-A6ED56CDD736}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="5cecd57f-0617-4c59-b8b2-8b4184d3c17d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FDEDE93-99F1-495B-B7D1-BEE037FCFB8A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FDEDE93-99F1-495B-B7D1-BEE037FCFB8A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{210D6A7A-8882-42C4-944E-A6ED56CDD736}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{326B920C-5E34-451B-BADC-CA90BD2D410B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0039BF8-41C5-4DD6-8A81-94C3DD30A79E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A75002AE-03DC-4B3F-8C00-5797014D957F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5cecd57f-0617-4c59-b8b2-8b4184d3c17d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Bond R 1 Conditional Awardees</vt:lpstr>
+      <vt:lpstr>database pull</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Wesley Duffee-Braun</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010068CEFA5943E34C4CA14697DD691E5B21</vt:lpwstr>
+    <vt:lpwstr>0x010100B6E40F1201D4E147B4ADB3564DB2DBB6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>